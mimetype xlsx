--- v0 (2025-12-18)
+++ v1 (2026-02-04)
@@ -1,75 +1,82 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="25726"/>
-[...1 lines deleted...]
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{147B8543-196F-4792-AE41-002D009EA7E7}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27425"/>
+  <workbookPr defaultThemeVersion="166925"/>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice Requires="x15">
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="X:\FunPolicy\Brownfield Register\Brownfield Register 2023\"/>
+    </mc:Choice>
+  </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{757B6557-933B-4395-80BF-45703ED40D9C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10420" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="runnymede_brownfieldregister_20" sheetId="1" r:id="rId1"/>
+    <sheet name="Sheet2" sheetId="3" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">runnymede_brownfieldregister_20!$A$1:$AB$51</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">runnymede_brownfieldregister_20!$A$1:$AB$64</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="817" uniqueCount="257">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="842" uniqueCount="258">
   <si>
     <t>OrganisationURI</t>
   </si>
   <si>
     <t>OrganisationLabel</t>
   </si>
   <si>
     <t>SiteReference</t>
   </si>
   <si>
     <t>PreviouslyPartOf</t>
   </si>
   <si>
     <t>SiteNameAddress</t>
   </si>
   <si>
     <t>SiteplanURL</t>
   </si>
   <si>
     <t>CoordinateReferenceSystem</t>
   </si>
   <si>
     <t>GeoX</t>
   </si>
   <si>
@@ -253,311 +260,227 @@
     <t>40 Crockford Park Road, Addlestone, KT15 2LX</t>
   </si>
   <si>
     <t>SLAA/358</t>
   </si>
   <si>
     <t>SLAA/359</t>
   </si>
   <si>
     <t>Middlesex Court, Addlestone</t>
   </si>
   <si>
     <t>SLAA/201</t>
   </si>
   <si>
     <t>Chertsey Opportunity Area</t>
   </si>
   <si>
     <t>Prior notification of proposed change of use from offices (Use Class B1a) to residential (Use Class C3) for 39 residential units, under the Town and Country Planning (General Permitted Development) (England) Order 2015 as amended Schedule 2, Part 3, Class O (grant). (Lakeside West)
 RU.21/0483
 Prior notification of proposed change of use from offices (Use Class B1a) to residential (Use Class C3) for 28 residential units, under the Town and Country Planning (General Permitted Development) (England) Order 2015 as amended Schedule 2, Part 3, Class O (grant). (Lakeside East).
 RU.21/0482
 Prior notification of proposed change of use from offices (Use Class B1a) to residential (Use Class C3) for 36 residential units, under the Town and Country Planning (General Permitted Development) (England) Order 2015 as amended Schedule 2, Part 3, Class O (grant). (Lakeside House).</t>
   </si>
   <si>
-    <t>SLAA/233</t>
-[...1 lines deleted...]
-  <si>
     <t>SLAA/303</t>
   </si>
   <si>
     <t>Two Bridges, Guildford Street, Chertsey</t>
   </si>
   <si>
     <t>SLAA/320</t>
   </si>
   <si>
     <t>High Street North Opportunity Area, Egham</t>
   </si>
   <si>
     <t>Public and private</t>
   </si>
   <si>
     <t>1 High Street and 2 Church Road, Addlestone</t>
   </si>
   <si>
-    <t xml:space="preserve">Application for the approval of reserved matters for landscaping following outline planning approval RU.20/0250 for the demolition of the exisitng building and the erection fo 2 no. 2 storey buildings (including accommodation in the roof of the front block) containing 9 no. flats with associated parking and cycle stores.  </t>
-[...1 lines deleted...]
-  <si>
     <t>SLAA/367</t>
   </si>
   <si>
     <t>SLAA/364</t>
   </si>
   <si>
     <t>Culverdon House, Abbots Way, Chertsey</t>
   </si>
   <si>
     <t>CEMEX House, Coldharbour Lane, Thorpe</t>
   </si>
   <si>
     <t>SLAA/319</t>
   </si>
   <si>
     <t>SLAA/202</t>
   </si>
   <si>
     <t>SLAA/353</t>
   </si>
   <si>
     <t>SLAA/123</t>
   </si>
   <si>
     <t>SLAA/52</t>
   </si>
   <si>
     <t>SLAA/231</t>
   </si>
   <si>
     <t>SLAA/318</t>
   </si>
   <si>
     <t>SLAA/352</t>
   </si>
   <si>
-    <t>SLAA/361</t>
-[...4 lines deleted...]
-  <si>
     <t>SLAA/99/1</t>
   </si>
   <si>
     <t>SLAA/330</t>
   </si>
   <si>
-    <t>SLAA/365</t>
-[...22 lines deleted...]
-  <si>
     <t>RU.21/0011</t>
   </si>
   <si>
-    <t>RU.20/1001</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">Prior notification of proposed change of use from offices (Use Class B1a) to residential (Use Class C3) for 13 residential units, under the Town and Country Planning (General Permitted Development) (England) Order 2015 as amended Schedule 2, Part 3, Class O </t>
   </si>
   <si>
     <t>SLAA/132</t>
   </si>
   <si>
     <t>SLAA/264</t>
   </si>
   <si>
-    <t>SLAA/274</t>
-[...4 lines deleted...]
-  <si>
     <t>SLAA/169</t>
   </si>
   <si>
     <t>SLAA/30</t>
   </si>
   <si>
     <t>SLAA/165</t>
   </si>
   <si>
     <t>SLAA/253</t>
   </si>
   <si>
     <t>SLAA/256</t>
   </si>
   <si>
     <t>SLAA/281</t>
   </si>
   <si>
     <t>SLAA/156</t>
   </si>
   <si>
     <t>SLAA/206</t>
   </si>
   <si>
     <t>SLAA/32</t>
   </si>
   <si>
     <t>SLAA/38</t>
   </si>
   <si>
-    <t>SLAA/229</t>
-[...1 lines deleted...]
-  <si>
     <t>SLAA/258</t>
   </si>
   <si>
-    <t>SLAA/122</t>
-[...1 lines deleted...]
-  <si>
     <t>SLAA/289</t>
   </si>
   <si>
     <t>SLAA/314</t>
   </si>
   <si>
     <t>SLAA/141</t>
   </si>
   <si>
     <t>SLAA/288</t>
   </si>
   <si>
     <t>Clockhouse Lane East, Egham</t>
   </si>
   <si>
     <t>Ledger Drive, Addlestone</t>
   </si>
   <si>
     <t>500sqm retail / food and drink use. Retention of D use.</t>
   </si>
   <si>
-    <t>Old Library Site, Church Road, Addlestone</t>
-[...4 lines deleted...]
-  <si>
     <t>Units 1 and 1a Downside, Chertsey</t>
   </si>
   <si>
     <t>As set out under Policy IE12 of the Runnymede 2030 Local Plan</t>
   </si>
   <si>
     <t>Thorpe Lea Road North, Egham</t>
   </si>
   <si>
     <t>Allocation under Policy SL7 of the Runnymede 2030 Local Plan</t>
   </si>
   <si>
     <t>Trys Hill Farm, Lyne Lane, Lyne</t>
   </si>
   <si>
     <t>Coltscroft, Rosemary Lane, Thorpe</t>
   </si>
   <si>
     <t>Allocated under Policy TH2 of the Thorpe NP</t>
   </si>
   <si>
     <t>Thorpe Park Farm, Coldharbour Lane, Thorpe</t>
   </si>
   <si>
     <t>Allocated under Policy SL9 of the Runnymede 2030 Local Plan</t>
   </si>
   <si>
-    <t>79-79a Woodham Park Road, Woodham</t>
-[...4 lines deleted...]
-  <si>
     <t>79 C2 units</t>
   </si>
   <si>
     <t>SLAA/388</t>
   </si>
   <si>
     <t>Centrum, 36 Station Road, Egham</t>
   </si>
   <si>
     <t xml:space="preserve">Application to determine if prior approval is required for the change of use from (Class B1a) to residential use (Class C3) to provide 29 residential units. </t>
   </si>
   <si>
-    <t>SLAA/389</t>
-[...7 lines deleted...]
-  <si>
     <t>RU.20/0661</t>
   </si>
   <si>
-    <t>RU.17/1515</t>
-[...1 lines deleted...]
-  <si>
     <t>SLAA/395</t>
   </si>
   <si>
     <t>Chilsey House, Chilsey Green Road, Chertsey</t>
   </si>
   <si>
     <t xml:space="preserve">Prior notification of proposed change of use from offices (Use Class B1a) to residential (Use Class C3) for 31 residential units, under the Town and Country Planning (General Permitted Development) (England) Order 2015 as amended Schedule 2, Part 3, Class O </t>
   </si>
   <si>
-    <t>SLAA/399</t>
-[...7 lines deleted...]
-  <si>
     <t>SLAA/404</t>
   </si>
   <si>
     <t>Kingswood Hall, RHUL, Cooper's Hill Lane, Englefield Green</t>
   </si>
   <si>
     <t>SLAA/416</t>
   </si>
   <si>
     <t>38-40 Woodham Lane, New Haw</t>
   </si>
   <si>
     <t>Demolition of existing buildings and the erection of one two storey building with accommodation in the roof and one single storey building with accommodation in the roof to create 7 flats (use class C3) with associated car parking provision.</t>
   </si>
   <si>
     <t>RU.20/0189</t>
   </si>
   <si>
     <t>SLAA/417</t>
   </si>
   <si>
     <t>2 and 2a Guildford Road, Chertsey</t>
   </si>
   <si>
     <t>SLAA/423</t>
@@ -586,128 +509,107 @@
   <si>
     <t>Notification for Prior Approval for a Proposed Change of Use of a building and the associated land from Office Use (Class B1(a)) to a Dwellinghouse (Class C3) comprising the creation of 24 units.</t>
   </si>
   <si>
     <t>RU.21/1322</t>
   </si>
   <si>
     <t>Notification for Prior Approval for a Proposed Change of Use of a building and the associated land from Office Use (Class B1(a)) to a Dwellinghouse (Class C3) comprising the creation of 20 units.</t>
   </si>
   <si>
     <t>RU.21/1321</t>
   </si>
   <si>
     <t>RU.21/1339</t>
   </si>
   <si>
     <t>CABI, Bakeham Lane, Virginia Water</t>
   </si>
   <si>
     <t>SLAA/435</t>
   </si>
   <si>
     <t>1 Guildford Street, Chertsey</t>
   </si>
   <si>
-    <t>RU.18/1570 (lapsed application)</t>
-[...1 lines deleted...]
-  <si>
     <t>Former Pantiles Garden Centre and 198 Almners Road, Lyne</t>
   </si>
   <si>
     <t>St Peters Hospital, Chertsey</t>
   </si>
   <si>
     <t>Lotus One, The Causeway, Staines Upon Thames</t>
   </si>
   <si>
     <t>Dial House &amp; Wisteria, Northcroft Road, Englefield Green</t>
   </si>
   <si>
     <t>Blays House, Blays Lane, Englefield Green</t>
   </si>
   <si>
     <t>Egham Library Opportunity Area, High Street, Egham</t>
   </si>
   <si>
     <t>2 Gypsy and Traveller pitches</t>
   </si>
   <si>
     <t>Prior notification of proposed change of use from offices (Use Class B1a) to residential (Use Class C3) for 27 residential units</t>
   </si>
   <si>
     <t>RU.21/1236</t>
   </si>
   <si>
     <t>Longcross Garden Village</t>
   </si>
   <si>
-    <t>As per application RU.21/0151 (withdrawn).</t>
-[...10 lines deleted...]
-  <si>
     <t xml:space="preserve">This site is only partly permissioned, but the promoter has plans for a further 1,700 dwllings on the site over its development lifetime. </t>
   </si>
   <si>
     <t>Less than that set out under Policy IE8 of the Runnymede 2030 Local Plan baserd on recent discussions with the Council's Assets and Regeneration Team</t>
   </si>
   <si>
     <t>46 extant C2 units, 52 C2 units proposed  so only net 3 additional residential units. Sdite has been cleared.</t>
   </si>
   <si>
     <t>RU.20/0405</t>
   </si>
   <si>
     <t xml:space="preserve">Demolition of existing buildings and redevelopment to provide 28 new homes together with associated open space, access and parking and landscaping (amended description to reflect reduction in no. of dwellings and amended plans received 11/02/2021) </t>
   </si>
   <si>
     <t>RU.18/0963 or RU.21/0704 and RU.21/0944 give the range from 91 to 127 units.</t>
   </si>
   <si>
     <t>Parkside regeneration, New Haw</t>
   </si>
   <si>
     <t>Numbers revised based on updated information from the Council's Housing Team</t>
   </si>
   <si>
-    <t>RU.20/0250 and RU.21/0148 or RU.21/1016</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">RU.18/1573. This permission has expired. </t>
   </si>
   <si>
-    <t>RU.18/1897. This permission has expired.</t>
-[...1 lines deleted...]
-  <si>
     <t>SLAA/437</t>
   </si>
   <si>
     <t>Garages at Heriot Close, Chertsey</t>
   </si>
   <si>
     <t>SLAA/439</t>
   </si>
   <si>
     <t>Runneymede Hill Veterinary Hospital, Englefield Green</t>
   </si>
   <si>
     <t>SLAA/451</t>
   </si>
   <si>
     <t>Silverlands House, Lyne</t>
   </si>
   <si>
     <t>RU.20/1729 and associated Listed Building consent granted under RU.20/1730.</t>
   </si>
   <si>
     <t>Proposed conversion and change of use of the vacant Grade II Listed Building previously in C2 use (residential institution) to provide 14 apartments, proposed conversion and extension of the Coach House to provide 6 dwellings and the construction of 5 new two storey dwellings (4 x semi-detached and 1 x detached)</t>
   </si>
   <si>
     <t>SLAA/452</t>
@@ -742,115 +644,223 @@
   <si>
     <t>RU.22/1400</t>
   </si>
   <si>
     <t>Abbey Grove, 31 Windsor Street, Chertsey</t>
   </si>
   <si>
     <t>SLAA/460</t>
   </si>
   <si>
     <t>Cegedim House, Pound Road, Chertsey</t>
   </si>
   <si>
     <t>Suggested by site promoter through the 2022 SLAA process</t>
   </si>
   <si>
     <t>SLAA/349</t>
   </si>
   <si>
     <t>Clifton Garden Centre, Woburn Hill, Addlestone</t>
   </si>
   <si>
     <t>RU.21/1717 confirms the Class E use of the site.</t>
   </si>
   <si>
-    <t xml:space="preserve">RU.17/1815. Numbers reduced down from Policy SL13 target of 400 to 332 to take account of on-site completions. </t>
-[...4 lines deleted...]
-  <si>
     <t>Based on the propsosals in application RU.21/1634 which was refused.</t>
   </si>
   <si>
     <t>SLAA/422</t>
   </si>
   <si>
     <t>Eastworth House, Eastworth Road, Chertsey</t>
   </si>
   <si>
-    <t>Based on the propsosals in application RU.21/1359 which was refused.</t>
-[...1 lines deleted...]
-  <si>
     <t>RU.21/1604 which was refused. Lower number based on case officer assessment.</t>
   </si>
   <si>
     <t xml:space="preserve">RU.15/1382 for 10 units has expired, but the site still has the potential for this level of development. </t>
   </si>
   <si>
     <t>As set out under Policy IE12 of the Runnymede 2030 Local Plan. This incldues the 725sqm of employment space required.</t>
   </si>
   <si>
     <t>Less than that set out under Policy IE9 of the Runnymede 2030 Local Plan based on recent discussions with the Council's Assets and Regeneration Team</t>
   </si>
   <si>
     <t>SLAA/329</t>
   </si>
   <si>
     <t>Garages at Ripley Avenue, Egham</t>
   </si>
   <si>
     <t>Lapsed application under RU.17/1932 for 10 units.</t>
   </si>
   <si>
     <t>RU.18/1649. Variation of conditions and discharge of conditions applications granted under RU.20/1082, RU.22/0714, RU.22/0766, RU.22/0370. Also, RU.22/1672 (pending).</t>
   </si>
   <si>
     <t>Allocation under Policy SL5 of the Runnymede 2030 Local Plan. Application RU.21/2188 for 8 units pending.</t>
   </si>
   <si>
     <t>RU.20/1588. Discharge of conditions under RU.21/0737.</t>
   </si>
   <si>
     <t>Based on revised figures from RBC Housing Team.</t>
   </si>
   <si>
     <t>RU.19/0843. Variation of Condition application RU.22/0543 and Discharge of Conditions RU.22/0706 both granted permission (grant).</t>
   </si>
   <si>
-    <t>SLAA/354</t>
-[...2 lines deleted...]
-    <t>Highmoor Farm, 305 Stroude Road, Virginia Water</t>
+    <t>First Floor, Lindsey House, 1-11 Station Road, 2-4 High Street, Addlestone</t>
+  </si>
+  <si>
+    <t>RU.11/0633</t>
+  </si>
+  <si>
+    <t>Prior approval application for Change of use of the first floor from Commercial, Business and Service (Use Class E) to form 8 no. residential units (Use Class C3) under the Town and Country Planning (General Permitted Development) (England) Order 2015 as amended Schedule 2, Part 3, Class MA </t>
+  </si>
+  <si>
+    <t>RU.21/1359</t>
+  </si>
+  <si>
+    <t>Prior approval application for Change of use from office (Use Class B1(a)) to form 49no. residential units comprising 21no. studios; 16no. 1-bed flats; 12no. 2-bed flats (Use Class C3) under the Town and Country Planning (General Permitted Development) (England) Order 2015 as amended Schedule 2, Part 3, Class O </t>
+  </si>
+  <si>
+    <t>83-87 Guildford Street</t>
+  </si>
+  <si>
+    <t>Application seeking full planning permission for the construction of a 3-storey rear extension with roof accommodation containing 5no. new apartments and alteration of 2no. existing apartments with associated parking, cycle and bin stores. </t>
+  </si>
+  <si>
+    <t>RU.22/1883</t>
+  </si>
+  <si>
+    <t>Land at 24 and 36-38 Station Road, Chertsey</t>
+  </si>
+  <si>
+    <t>RU.22/0553</t>
+  </si>
+  <si>
+    <t>Demolition of of existing buildings and erection of part three, part four storey property for 27 residential units, parking and amenity area. (Revised Plans received amending the layout and amenity area of the top floor flats)</t>
+  </si>
+  <si>
+    <t>118 Guildford Street, Chertsey</t>
+  </si>
+  <si>
+    <t>Rusham Park, Whitehall Lane, Egham</t>
+  </si>
+  <si>
+    <t>Outline planning application (amended proposal) for the demolition of existing buildings and erection of purpose built student accommodation up to 1,400 study bedrooms, energy centre and ancillary uses, including a pedestrian footbridge over the railway, and associated landscaping - ("a student village") on land at Rusham Park, Whitehall Lane, Egham, Surrey  </t>
+  </si>
+  <si>
+    <t>RU.20/0098</t>
+  </si>
+  <si>
+    <t>Erection of an additional floor and internal renovations to provide 5no.x2 bedroom flats and rear balconies and retaining a commercial space of 66 sqm on the ground floor, following the demolition of the first floor and parapet portion of rear wall  </t>
+  </si>
+  <si>
+    <t>RU.23/0253</t>
+  </si>
+  <si>
+    <t>Crown House, High Street, Egham</t>
+  </si>
+  <si>
+    <t>Conversion and extension of existing building to create a mixed - use development comprising of 9 apartments (4 x 1-bedroom apartments, and 5 x 2-bedroom apartments) and Class E(g)(i) office use, together with associated alterations, parking, landscaping, cycle storage and refuse storage (Amended plans received 15/09/2023) </t>
+  </si>
+  <si>
+    <t>RU.23/0833</t>
+  </si>
+  <si>
+    <t>Park House, Wick Road, Englefield Green</t>
+  </si>
+  <si>
+    <t>RU.21/2188</t>
+  </si>
+  <si>
+    <t>RU.21/0678 for 31 units and possibly RU.22/0250 for the additional 9 units. Permission RU.21/0678 completed.</t>
+  </si>
+  <si>
+    <t>RU.21/0482; RU.21/0483; RU.21/0484 Three applications approved to deliver 103.  Applications submitted for a further 132 submitted - RU.23/1245 and RU.23/1250</t>
+  </si>
+  <si>
+    <t>Geesemere, Guildford Road</t>
+  </si>
+  <si>
+    <t xml:space="preserve">RU.17/1815. Numbers reduced down from Policy SL13 target of 400 to 258 to take account of on-site completions. </t>
+  </si>
+  <si>
+    <t>Prior notification of proposed change of use from offices (Use Class B1a) to residential (Use Class C3) to provide 68/106 residential dwellings under the Town and Country Planning (General Permitted Development) (England) Order 2015 as amended Schedule 2, Part 3, Class O</t>
+  </si>
+  <si>
+    <t>Construction of a residential development to the rear of 1 North Street, Egham comprising 7 flats together with associated amenity space, parking, refuse and recycling store and bicycle store.</t>
+  </si>
+  <si>
+    <t>Construction of a 4 storey detached building (including accommodation in the roof) to provide 9 residential dwellings and associated parking and landscaping following the demolition of the existing chapel (amended plans received 18.11.20 to include revisions to the design of the building and the submission of additional supporting information)</t>
+  </si>
+  <si>
+    <t>Prior notification of proposed change of use from offices (Use Class B1a) to residential (Use Class C3) for 8 residential units at first and second floor, under the Town and Country Planning (General Permitted Development) (England) Order 2015 as amended Schedule 2, Part 3, Class O</t>
+  </si>
+  <si>
+    <t>Prior approval application for Change of use from Commercial, Business and Service (Use Class E) to 16 residential units (Use Class C3) under the Town and Country Planning (General Permitted Development) (England) Order 2015 as amended Schedule 2, Part 3, Class MA.</t>
+  </si>
+  <si>
+    <t>BLR/001</t>
+  </si>
+  <si>
+    <t>BLR/002</t>
+  </si>
+  <si>
+    <t>BLR/003</t>
+  </si>
+  <si>
+    <t>BLR/004</t>
+  </si>
+  <si>
+    <t>BLR/005</t>
+  </si>
+  <si>
+    <t>BLR/006</t>
+  </si>
+  <si>
+    <t>BLR/007</t>
+  </si>
+  <si>
+    <t>BLR/008</t>
+  </si>
+  <si>
+    <t>RU.22/0633</t>
+  </si>
+  <si>
+    <t>RU.23/0889 registered but undetermined</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="21" x14ac:knownFonts="1">
+  <fonts count="24" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="18"/>
       <color theme="3"/>
       <name val="Calibri Light"/>
       <family val="2"/>
       <scheme val="major"/>
     </font>
     <font>
       <b/>
       <sz val="15"/>
       <color theme="3"/>
@@ -959,52 +969,73 @@
     <font>
       <sz val="11"/>
       <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color indexed="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FF000000"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FF000000"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <u/>
+      <sz val="11"/>
+      <color theme="10"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
   </fonts>
-  <fills count="33">
+  <fills count="35">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC6EFCE"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFC7CE"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFEB9C"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFCC99"/>
       </patternFill>
@@ -1140,52 +1171,64 @@
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9" tint="0.79998168889431442"/>
         <bgColor indexed="65"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9" tint="0.59999389629810485"/>
         <bgColor indexed="65"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9" tint="0.39997558519241921"/>
         <bgColor indexed="65"/>
       </patternFill>
     </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFFFFF00"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="9" tint="0.79998168889431442"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
   </fills>
-  <borders count="10">
+  <borders count="11">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thick">
         <color theme="4"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thick">
         <color theme="4" tint="0.499984740745262"/>
       </bottom>
       <diagonal/>
     </border>
@@ -1256,214 +1299,262 @@
       <left style="thin">
         <color rgb="FFB2B2B2"/>
       </left>
       <right style="thin">
         <color rgb="FFB2B2B2"/>
       </right>
       <top style="thin">
         <color rgb="FFB2B2B2"/>
       </top>
       <bottom style="thin">
         <color rgb="FFB2B2B2"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color theme="4"/>
       </top>
       <bottom style="double">
         <color theme="4"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left style="thin">
+        <color auto="1"/>
+      </left>
+      <right style="thin">
+        <color auto="1"/>
+      </right>
+      <top style="thin">
+        <color auto="1"/>
+      </top>
+      <bottom style="thin">
+        <color auto="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
-  <cellStyleXfs count="44">
+  <cellStyleXfs count="45">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="2" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="3" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="7" fillId="3" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="4" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="9" fillId="5" borderId="4" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="10" fillId="6" borderId="5" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="11" fillId="6" borderId="4" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="6" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="13" fillId="7" borderId="7" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="8" borderId="8" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="9" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="9" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="10" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="11" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="12" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="13" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="14" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="15" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="16" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="17" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="18" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="19" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="20" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="21" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="22" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="23" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="24" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="25" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="26" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="27" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="28" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="29" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="30" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="31" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="32" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="6">
+  <cellXfs count="19">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="43" applyFont="1"/>
-[...1 lines deleted...]
-      <alignment horizontal="left"/>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="43" applyFont="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="43" applyFont="1"/>
+    <xf numFmtId="15" fontId="19" fillId="0" borderId="0" xfId="43" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="33" borderId="0" xfId="0" applyFill="1"/>
+    <xf numFmtId="0" fontId="0" fillId="33" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="34" borderId="0" xfId="44" applyFill="1"/>
+    <xf numFmtId="0" fontId="0" fillId="34" borderId="0" xfId="0" applyFill="1"/>
+    <xf numFmtId="0" fontId="0" fillId="34" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="0" fillId="34" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1"/>
   </cellXfs>
-  <cellStyles count="44">
+  <cellStyles count="45">
     <cellStyle name="20% - Accent1" xfId="19" builtinId="30" customBuiltin="1"/>
     <cellStyle name="20% - Accent2" xfId="23" builtinId="34" customBuiltin="1"/>
     <cellStyle name="20% - Accent3" xfId="27" builtinId="38" customBuiltin="1"/>
     <cellStyle name="20% - Accent4" xfId="31" builtinId="42" customBuiltin="1"/>
     <cellStyle name="20% - Accent5" xfId="35" builtinId="46" customBuiltin="1"/>
     <cellStyle name="20% - Accent6" xfId="39" builtinId="50" customBuiltin="1"/>
     <cellStyle name="40% - Accent1" xfId="20" builtinId="31" customBuiltin="1"/>
     <cellStyle name="40% - Accent2" xfId="24" builtinId="35" customBuiltin="1"/>
     <cellStyle name="40% - Accent3" xfId="28" builtinId="39" customBuiltin="1"/>
     <cellStyle name="40% - Accent4" xfId="32" builtinId="43" customBuiltin="1"/>
     <cellStyle name="40% - Accent5" xfId="36" builtinId="47" customBuiltin="1"/>
     <cellStyle name="40% - Accent6" xfId="40" builtinId="51" customBuiltin="1"/>
     <cellStyle name="60% - Accent1" xfId="21" builtinId="32" customBuiltin="1"/>
     <cellStyle name="60% - Accent2" xfId="25" builtinId="36" customBuiltin="1"/>
     <cellStyle name="60% - Accent3" xfId="29" builtinId="40" customBuiltin="1"/>
     <cellStyle name="60% - Accent4" xfId="33" builtinId="44" customBuiltin="1"/>
     <cellStyle name="60% - Accent5" xfId="37" builtinId="48" customBuiltin="1"/>
     <cellStyle name="60% - Accent6" xfId="41" builtinId="52" customBuiltin="1"/>
     <cellStyle name="Accent1" xfId="18" builtinId="29" customBuiltin="1"/>
     <cellStyle name="Accent2" xfId="22" builtinId="33" customBuiltin="1"/>
     <cellStyle name="Accent3" xfId="26" builtinId="37" customBuiltin="1"/>
     <cellStyle name="Accent4" xfId="30" builtinId="41" customBuiltin="1"/>
     <cellStyle name="Accent5" xfId="34" builtinId="45" customBuiltin="1"/>
     <cellStyle name="Accent6" xfId="38" builtinId="49" customBuiltin="1"/>
     <cellStyle name="Bad" xfId="7" builtinId="27" customBuiltin="1"/>
     <cellStyle name="Calculation" xfId="11" builtinId="22" customBuiltin="1"/>
     <cellStyle name="Check Cell" xfId="13" builtinId="23" customBuiltin="1"/>
     <cellStyle name="Explanatory Text" xfId="16" builtinId="53" customBuiltin="1"/>
     <cellStyle name="Good" xfId="6" builtinId="26" customBuiltin="1"/>
     <cellStyle name="Heading 1" xfId="2" builtinId="16" customBuiltin="1"/>
     <cellStyle name="Heading 2" xfId="3" builtinId="17" customBuiltin="1"/>
     <cellStyle name="Heading 3" xfId="4" builtinId="18" customBuiltin="1"/>
     <cellStyle name="Heading 4" xfId="5" builtinId="19" customBuiltin="1"/>
+    <cellStyle name="Hyperlink" xfId="44" builtinId="8"/>
     <cellStyle name="Input" xfId="9" builtinId="20" customBuiltin="1"/>
     <cellStyle name="Linked Cell" xfId="12" builtinId="24" customBuiltin="1"/>
     <cellStyle name="Neutral" xfId="8" builtinId="28" customBuiltin="1"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 5" xfId="42" xr:uid="{985657B3-13F4-41A6-9A82-49FE576EAC28}"/>
     <cellStyle name="Normal_Sheet1" xfId="43" xr:uid="{2DEF93D6-A18D-4355-A1D5-D2ED54B85727}"/>
     <cellStyle name="Note" xfId="15" builtinId="10" customBuiltin="1"/>
     <cellStyle name="Output" xfId="10" builtinId="21" customBuiltin="1"/>
     <cellStyle name="Title" xfId="1" builtinId="15" customBuiltin="1"/>
     <cellStyle name="Total" xfId="17" builtinId="25" customBuiltin="1"/>
     <cellStyle name="Warning Text" xfId="14" builtinId="11" customBuiltin="1"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Theme">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2013 - 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2013 - 2022">
       <a:majorFont>
         <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
@@ -1525,51 +1616,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2013 - 2022">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="109000"/>
                 <a:tint val="81000"/>
@@ -1667,4441 +1758,4605 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://maps.runnymede.gov.uk/website/maps/index.html" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://opendatacommunities.org/id/district-council/runnymede" TargetMode="External"/></Relationships>
+</file>
+
+<file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://opendatacommunities.org/id/district-council/runnymede" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:AB69"/>
+  <dimension ref="A1:AB64"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
-[...1 lines deleted...]
-      <selection pane="bottomLeft" activeCell="D65" sqref="D65"/>
+    <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
+      <pane ySplit="1" topLeftCell="A31" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="C38" sqref="C38"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="2" max="2" width="16.5546875" customWidth="1"/>
+    <col min="1" max="1" width="19.81640625" customWidth="1"/>
+    <col min="2" max="2" width="25.81640625" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="16" bestFit="1" customWidth="1"/>
-    <col min="4" max="4" width="16.109375" bestFit="1" customWidth="1"/>
-[...19 lines deleted...]
-    <col min="26" max="26" width="20.44140625" customWidth="1"/>
+    <col min="4" max="4" width="16.1796875" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="57.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="11.81640625" hidden="1" customWidth="1"/>
+    <col min="7" max="7" width="27" hidden="1" customWidth="1"/>
+    <col min="8" max="9" width="7.81640625" hidden="1" customWidth="1"/>
+    <col min="10" max="10" width="8.81640625" hidden="1" customWidth="1"/>
+    <col min="11" max="11" width="29.81640625" hidden="1" customWidth="1"/>
+    <col min="12" max="12" width="11.1796875" hidden="1" customWidth="1"/>
+    <col min="13" max="13" width="16.81640625" hidden="1" customWidth="1"/>
+    <col min="14" max="14" width="26.453125" hidden="1" customWidth="1"/>
+    <col min="15" max="15" width="15.1796875" bestFit="1" customWidth="1"/>
+    <col min="16" max="16" width="54.54296875" bestFit="1" customWidth="1"/>
+    <col min="17" max="17" width="15.1796875" bestFit="1" customWidth="1"/>
+    <col min="18" max="18" width="16.81640625" bestFit="1" customWidth="1"/>
+    <col min="19" max="19" width="165.90625" style="1" hidden="1" customWidth="1"/>
+    <col min="20" max="20" width="23.81640625" customWidth="1"/>
+    <col min="21" max="21" width="5.81640625" bestFit="1" customWidth="1"/>
+    <col min="22" max="22" width="39.1796875" customWidth="1"/>
+    <col min="23" max="23" width="43.6328125" customWidth="1"/>
+    <col min="24" max="24" width="20.1796875" bestFit="1" customWidth="1"/>
+    <col min="25" max="25" width="15.1796875" bestFit="1" customWidth="1"/>
+    <col min="26" max="26" width="20.453125" customWidth="1"/>
     <col min="27" max="27" width="15" customWidth="1"/>
-    <col min="28" max="28" width="16.44140625" bestFit="1" customWidth="1"/>
+    <col min="28" max="28" width="16.453125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:28" s="2" customFormat="1" x14ac:dyDescent="0.3">
-      <c r="A1" s="2" t="s">
+    <row r="1" spans="1:28" s="7" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A1" s="7" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="2" t="s">
+      <c r="B1" s="7" t="s">
         <v>1</v>
       </c>
-      <c r="C1" s="2" t="s">
+      <c r="C1" s="7" t="s">
         <v>2</v>
       </c>
-      <c r="D1" s="2" t="s">
+      <c r="D1" s="7" t="s">
         <v>3</v>
       </c>
-      <c r="E1" s="2" t="s">
+      <c r="E1" s="8" t="s">
         <v>4</v>
       </c>
-      <c r="F1" s="2" t="s">
+      <c r="F1" s="7" t="s">
         <v>5</v>
       </c>
-      <c r="G1" s="2" t="s">
+      <c r="G1" s="7" t="s">
         <v>6</v>
       </c>
-      <c r="H1" s="2" t="s">
+      <c r="H1" s="7" t="s">
         <v>7</v>
       </c>
-      <c r="I1" s="2" t="s">
+      <c r="I1" s="7" t="s">
         <v>8</v>
       </c>
-      <c r="J1" s="2" t="s">
+      <c r="J1" s="7" t="s">
         <v>9</v>
       </c>
-      <c r="K1" s="2" t="s">
+      <c r="K1" s="7" t="s">
         <v>10</v>
       </c>
-      <c r="L1" s="2" t="s">
+      <c r="L1" s="7" t="s">
         <v>11</v>
       </c>
-      <c r="M1" s="2" t="s">
+      <c r="M1" s="7" t="s">
         <v>12</v>
       </c>
-      <c r="N1" s="2" t="s">
+      <c r="N1" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="O1" s="2" t="s">
+      <c r="O1" s="7" t="s">
         <v>14</v>
       </c>
-      <c r="P1" s="2" t="s">
+      <c r="P1" s="7" t="s">
         <v>15</v>
       </c>
-      <c r="Q1" s="2" t="s">
+      <c r="Q1" s="7" t="s">
         <v>16</v>
       </c>
-      <c r="R1" s="2" t="s">
+      <c r="R1" s="7" t="s">
         <v>17</v>
       </c>
-      <c r="S1" s="2" t="s">
+      <c r="S1" s="8" t="s">
         <v>18</v>
       </c>
-      <c r="T1" s="2" t="s">
+      <c r="T1" s="7" t="s">
         <v>19</v>
       </c>
-      <c r="U1" s="2" t="s">
+      <c r="U1" s="7" t="s">
         <v>20</v>
       </c>
-      <c r="V1" s="2" t="s">
+      <c r="V1" s="7" t="s">
         <v>21</v>
       </c>
-      <c r="W1" s="2" t="s">
+      <c r="W1" s="7" t="s">
         <v>22</v>
       </c>
-      <c r="X1" s="2" t="s">
+      <c r="X1" s="7" t="s">
         <v>23</v>
       </c>
-      <c r="Y1" s="2" t="s">
+      <c r="Y1" s="7" t="s">
         <v>24</v>
       </c>
-      <c r="Z1" s="2" t="s">
+      <c r="Z1" s="7" t="s">
         <v>25</v>
       </c>
-      <c r="AA1" s="2" t="s">
+      <c r="AA1" s="7" t="s">
         <v>26</v>
       </c>
-      <c r="AB1" s="2" t="s">
+      <c r="AB1" s="7" t="s">
         <v>27</v>
       </c>
     </row>
-    <row r="2" spans="1:28" x14ac:dyDescent="0.3">
-[...10 lines deleted...]
-        <v>144</v>
+    <row r="2" spans="1:28" s="16" customFormat="1" ht="28.5" x14ac:dyDescent="0.35">
+      <c r="A2" s="15" t="s">
+        <v>28</v>
+      </c>
+      <c r="B2" s="16" t="s">
+        <v>29</v>
+      </c>
+      <c r="C2" s="16" t="s">
+        <v>248</v>
+      </c>
+      <c r="E2" s="17" t="s">
+        <v>228</v>
       </c>
       <c r="F2" t="s">
         <v>30</v>
       </c>
       <c r="G2" t="s">
         <v>31</v>
       </c>
       <c r="H2">
-        <v>503574</v>
+        <v>504190</v>
       </c>
       <c r="I2">
-        <v>162300</v>
+        <v>166906</v>
       </c>
       <c r="J2">
-        <v>0.42</v>
+        <v>3.6630000000000003E-2</v>
       </c>
       <c r="K2" t="s">
         <v>32</v>
       </c>
       <c r="L2" t="s">
         <v>33</v>
       </c>
       <c r="M2" t="s">
-        <v>37</v>
-[...38 lines deleted...]
-        <v>85</v>
+        <v>34</v>
+      </c>
+      <c r="N2" t="s">
+        <v>36</v>
+      </c>
+      <c r="O2" s="18">
+        <v>45203</v>
+      </c>
+      <c r="P2" s="16" t="s">
+        <v>30</v>
+      </c>
+      <c r="R2" s="16">
+        <v>10</v>
+      </c>
+      <c r="S2" s="6" t="s">
+        <v>232</v>
+      </c>
+      <c r="V2" s="16">
+        <v>10</v>
+      </c>
+      <c r="W2" s="16">
+        <v>10</v>
+      </c>
+      <c r="Z2" s="16" t="s">
+        <v>233</v>
+      </c>
+      <c r="AA2" s="18">
+        <v>45280</v>
+      </c>
+    </row>
+    <row r="3" spans="1:28" s="16" customFormat="1" ht="28.5" x14ac:dyDescent="0.35">
+      <c r="A3" s="16" t="s">
+        <v>28</v>
+      </c>
+      <c r="B3" s="16" t="s">
+        <v>29</v>
+      </c>
+      <c r="C3" s="16" t="s">
+        <v>249</v>
+      </c>
+      <c r="E3" s="17" t="s">
+        <v>222</v>
       </c>
       <c r="F3" t="s">
         <v>30</v>
       </c>
       <c r="G3" t="s">
         <v>31</v>
       </c>
       <c r="H3">
-        <v>503005</v>
+        <v>504110</v>
       </c>
       <c r="I3">
-        <v>168838</v>
+        <v>166810</v>
       </c>
       <c r="J3">
-        <v>3</v>
+        <v>0.11</v>
       </c>
       <c r="K3" t="s">
         <v>32</v>
       </c>
       <c r="L3" t="s">
         <v>33</v>
       </c>
       <c r="M3" t="s">
         <v>34</v>
       </c>
       <c r="N3" t="s">
         <v>36</v>
       </c>
-      <c r="O3" s="1">
-[...32 lines deleted...]
-        <v>131</v>
+      <c r="O3" s="18">
+        <v>45009</v>
+      </c>
+      <c r="P3" s="16" t="s">
+        <v>30</v>
+      </c>
+      <c r="R3" s="16">
+        <v>5</v>
+      </c>
+      <c r="S3" s="6" t="s">
+        <v>223</v>
+      </c>
+      <c r="V3" s="16">
+        <v>5</v>
+      </c>
+      <c r="W3" s="16">
+        <v>5</v>
+      </c>
+      <c r="Z3" s="16" t="s">
+        <v>224</v>
+      </c>
+      <c r="AA3" s="18">
+        <v>45280</v>
+      </c>
+    </row>
+    <row r="4" spans="1:28" s="16" customFormat="1" ht="29" x14ac:dyDescent="0.35">
+      <c r="A4" s="16" t="s">
+        <v>28</v>
+      </c>
+      <c r="B4" s="16" t="s">
+        <v>29</v>
+      </c>
+      <c r="C4" s="16" t="s">
+        <v>250</v>
+      </c>
+      <c r="E4" s="17" t="s">
+        <v>234</v>
       </c>
       <c r="F4" t="s">
         <v>30</v>
       </c>
       <c r="G4" t="s">
         <v>31</v>
       </c>
       <c r="H4">
-        <v>503713</v>
+        <v>501323</v>
       </c>
       <c r="I4">
-        <v>163908</v>
+        <v>171416</v>
       </c>
       <c r="J4">
-        <v>0.32</v>
+        <v>0.7</v>
       </c>
       <c r="K4" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="L4" t="s">
         <v>33</v>
       </c>
       <c r="M4" t="s">
+        <v>34</v>
+      </c>
+      <c r="N4" t="s">
+        <v>36</v>
+      </c>
+      <c r="O4" s="18">
+        <v>45226</v>
+      </c>
+      <c r="P4" s="16" t="s">
+        <v>30</v>
+      </c>
+      <c r="R4" s="16">
+        <v>9</v>
+      </c>
+      <c r="S4" s="5" t="s">
+        <v>235</v>
+      </c>
+      <c r="V4" s="16">
+        <v>9</v>
+      </c>
+      <c r="W4" s="16">
+        <v>9</v>
+      </c>
+      <c r="Z4" s="16" t="s">
+        <v>236</v>
+      </c>
+      <c r="AA4" s="18">
+        <v>45280</v>
+      </c>
+    </row>
+    <row r="5" spans="1:28" s="16" customFormat="1" ht="29" x14ac:dyDescent="0.35">
+      <c r="A5" s="16" t="s">
+        <v>28</v>
+      </c>
+      <c r="B5" s="16" t="s">
+        <v>29</v>
+      </c>
+      <c r="C5" s="16" t="s">
+        <v>251</v>
+      </c>
+      <c r="E5" s="17" t="s">
+        <v>217</v>
+      </c>
+      <c r="F5" s="13" t="s">
+        <v>30</v>
+      </c>
+      <c r="G5" s="13" t="s">
+        <v>31</v>
+      </c>
+      <c r="H5" s="13">
+        <v>505024</v>
+      </c>
+      <c r="I5" s="13">
+        <v>164621</v>
+      </c>
+      <c r="J5" s="13">
+        <v>0.1229</v>
+      </c>
+      <c r="K5" s="13" t="s">
+        <v>32</v>
+      </c>
+      <c r="L5" s="13" t="s">
+        <v>33</v>
+      </c>
+      <c r="M5" s="13" t="s">
+        <v>34</v>
+      </c>
+      <c r="N5" s="13" t="s">
+        <v>50</v>
+      </c>
+      <c r="O5" s="18">
+        <v>44726</v>
+      </c>
+      <c r="P5" s="16" t="s">
+        <v>30</v>
+      </c>
+      <c r="R5" s="16">
+        <v>8</v>
+      </c>
+      <c r="S5" s="14" t="s">
+        <v>219</v>
+      </c>
+      <c r="V5" s="16">
+        <v>8</v>
+      </c>
+      <c r="W5" s="16">
+        <v>8</v>
+      </c>
+      <c r="Z5" s="16" t="s">
+        <v>256</v>
+      </c>
+      <c r="AA5" s="18">
+        <v>45280</v>
+      </c>
+    </row>
+    <row r="6" spans="1:28" s="16" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A6" s="16" t="s">
+        <v>28</v>
+      </c>
+      <c r="B6" s="16" t="s">
+        <v>29</v>
+      </c>
+      <c r="C6" s="16" t="s">
+        <v>252</v>
+      </c>
+      <c r="E6" s="17" t="s">
+        <v>241</v>
+      </c>
+      <c r="F6" s="13" t="s">
+        <v>30</v>
+      </c>
+      <c r="G6" s="13" t="s">
+        <v>31</v>
+      </c>
+      <c r="H6" s="13">
+        <v>502582</v>
+      </c>
+      <c r="I6" s="13">
+        <v>164707</v>
+      </c>
+      <c r="J6" s="13">
+        <v>0.35</v>
+      </c>
+      <c r="K6" s="13" t="s">
+        <v>32</v>
+      </c>
+      <c r="L6" s="13" t="s">
+        <v>33</v>
+      </c>
+      <c r="M6" s="13" t="s">
         <v>37</v>
       </c>
-      <c r="P4" t="s">
-[...62 lines deleted...]
-      <c r="R5">
+      <c r="N6" s="13"/>
+      <c r="P6" s="15" t="s">
+        <v>30</v>
+      </c>
+      <c r="R6" s="16">
+        <v>5</v>
+      </c>
+      <c r="S6" s="14"/>
+      <c r="V6" s="16">
+        <v>5</v>
+      </c>
+      <c r="W6" s="16">
         <v>10</v>
       </c>
-      <c r="T5">
-[...91 lines deleted...]
-        <v>191</v>
+      <c r="AA6" s="18">
+        <v>45301</v>
+      </c>
+    </row>
+    <row r="7" spans="1:28" s="16" customFormat="1" ht="28.5" x14ac:dyDescent="0.35">
+      <c r="A7" s="16" t="s">
+        <v>28</v>
+      </c>
+      <c r="B7" s="16" t="s">
+        <v>29</v>
+      </c>
+      <c r="C7" s="16" t="s">
+        <v>253</v>
+      </c>
+      <c r="E7" s="17" t="s">
+        <v>225</v>
       </c>
       <c r="F7" t="s">
         <v>30</v>
       </c>
       <c r="G7" t="s">
         <v>31</v>
       </c>
       <c r="H7">
-        <v>500732</v>
+        <v>504011</v>
       </c>
       <c r="I7">
-        <v>171355</v>
+        <v>166299</v>
       </c>
       <c r="J7">
-        <v>0.45</v>
+        <v>0.17</v>
       </c>
       <c r="K7" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="L7" t="s">
         <v>33</v>
       </c>
       <c r="M7" t="s">
-        <v>37</v>
-[...37 lines deleted...]
-        <v>135</v>
+        <v>34</v>
+      </c>
+      <c r="N7" t="s">
+        <v>36</v>
+      </c>
+      <c r="O7" s="18">
+        <v>45029</v>
+      </c>
+      <c r="P7" s="16" t="s">
+        <v>30</v>
+      </c>
+      <c r="R7" s="16">
+        <v>27</v>
+      </c>
+      <c r="S7" s="6" t="s">
+        <v>227</v>
+      </c>
+      <c r="V7" s="16">
+        <v>27</v>
+      </c>
+      <c r="W7" s="16">
+        <v>27</v>
+      </c>
+      <c r="Z7" s="16" t="s">
+        <v>226</v>
+      </c>
+      <c r="AA7" s="18">
+        <v>45280</v>
+      </c>
+    </row>
+    <row r="8" spans="1:28" s="16" customFormat="1" ht="29" x14ac:dyDescent="0.35">
+      <c r="A8" s="16" t="s">
+        <v>28</v>
+      </c>
+      <c r="B8" s="16" t="s">
+        <v>29</v>
+      </c>
+      <c r="C8" s="16" t="s">
+        <v>254</v>
+      </c>
+      <c r="E8" s="17" t="s">
+        <v>229</v>
       </c>
       <c r="F8" t="s">
         <v>30</v>
       </c>
       <c r="G8" t="s">
         <v>31</v>
       </c>
       <c r="H8">
-        <v>503910</v>
+        <v>500533</v>
       </c>
       <c r="I8">
-        <v>166345</v>
+        <v>170157</v>
       </c>
       <c r="J8">
-        <v>0.2</v>
+        <v>6.3</v>
       </c>
       <c r="K8" t="s">
         <v>32</v>
       </c>
       <c r="L8" t="s">
         <v>33</v>
       </c>
       <c r="M8" t="s">
-        <v>37</v>
-[...23 lines deleted...]
-    <row r="9" spans="1:28" x14ac:dyDescent="0.3">
+        <v>34</v>
+      </c>
+      <c r="N8" t="s">
+        <v>36</v>
+      </c>
+      <c r="O8" s="18">
+        <v>44606</v>
+      </c>
+      <c r="P8" s="16" t="s">
+        <v>30</v>
+      </c>
+      <c r="R8" s="16">
+        <v>30</v>
+      </c>
+      <c r="S8" s="5" t="s">
+        <v>230</v>
+      </c>
+      <c r="V8" s="16">
+        <v>30</v>
+      </c>
+      <c r="W8" s="16">
+        <v>30</v>
+      </c>
+      <c r="Z8" s="16" t="s">
+        <v>231</v>
+      </c>
+      <c r="AA8" s="18">
+        <v>45280</v>
+      </c>
+    </row>
+    <row r="9" spans="1:28" ht="29" x14ac:dyDescent="0.35">
       <c r="A9" t="s">
         <v>28</v>
       </c>
       <c r="B9" t="s">
         <v>29</v>
       </c>
       <c r="C9" t="s">
-        <v>71</v>
-[...2 lines deleted...]
-        <v>72</v>
+        <v>87</v>
+      </c>
+      <c r="E9" s="1" t="s">
+        <v>83</v>
       </c>
       <c r="F9" t="s">
         <v>30</v>
       </c>
       <c r="G9" t="s">
         <v>31</v>
       </c>
       <c r="H9">
-        <v>504221</v>
+        <v>503005</v>
       </c>
       <c r="I9">
-        <v>166834</v>
+        <v>168838</v>
       </c>
       <c r="J9">
-        <v>1.45</v>
+        <v>3</v>
       </c>
       <c r="K9" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="L9" t="s">
         <v>33</v>
       </c>
       <c r="M9" t="s">
-        <v>37</v>
+        <v>34</v>
+      </c>
+      <c r="N9" t="s">
+        <v>36</v>
+      </c>
+      <c r="O9" s="2">
+        <v>43910</v>
       </c>
       <c r="P9" t="s">
         <v>30</v>
       </c>
-      <c r="R9">
-[...6 lines deleted...]
-        <v>128</v>
+      <c r="S9" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="T9" t="s">
+        <v>125</v>
       </c>
       <c r="Z9" t="s">
-        <v>136</v>
-[...6 lines deleted...]
-    <row r="10" spans="1:28" x14ac:dyDescent="0.3">
+        <v>57</v>
+      </c>
+      <c r="AA9" s="2">
+        <v>43133</v>
+      </c>
+      <c r="AB9" s="2">
+        <v>44368</v>
+      </c>
+    </row>
+    <row r="10" spans="1:28" x14ac:dyDescent="0.35">
       <c r="A10" t="s">
         <v>28</v>
       </c>
       <c r="B10" t="s">
         <v>29</v>
       </c>
       <c r="C10" t="s">
-        <v>87</v>
-[...2 lines deleted...]
-        <v>186</v>
+        <v>96</v>
+      </c>
+      <c r="E10" s="1" t="s">
+        <v>114</v>
       </c>
       <c r="F10" t="s">
         <v>30</v>
       </c>
       <c r="G10" t="s">
         <v>31</v>
       </c>
       <c r="H10">
-        <v>501606</v>
+        <v>503713</v>
       </c>
       <c r="I10">
-        <v>166417</v>
+        <v>163908</v>
       </c>
       <c r="J10">
-        <v>3.9</v>
+        <v>0.32</v>
       </c>
       <c r="K10" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="L10" t="s">
         <v>33</v>
       </c>
       <c r="M10" t="s">
-        <v>34</v>
-[...5 lines deleted...]
-        <v>44001</v>
+        <v>37</v>
       </c>
       <c r="P10" t="s">
         <v>30</v>
       </c>
       <c r="R10">
-        <v>59</v>
-[...2 lines deleted...]
-        <v>59</v>
+        <v>16</v>
       </c>
       <c r="T10">
         <v>0</v>
       </c>
       <c r="V10">
-        <v>59</v>
+        <v>16</v>
       </c>
       <c r="W10">
-        <v>59</v>
-[...4 lines deleted...]
-      <c r="AA10" s="1">
+        <v>16</v>
+      </c>
+      <c r="AA10" s="2">
         <v>43133</v>
       </c>
-      <c r="AB10" s="1">
-[...3 lines deleted...]
-    <row r="11" spans="1:28" x14ac:dyDescent="0.3">
+      <c r="AB10" s="2">
+        <v>44596</v>
+      </c>
+    </row>
+    <row r="11" spans="1:28" x14ac:dyDescent="0.35">
       <c r="A11" t="s">
         <v>28</v>
       </c>
       <c r="B11" t="s">
         <v>29</v>
       </c>
       <c r="C11" t="s">
-        <v>120</v>
-[...2 lines deleted...]
-        <v>139</v>
+        <v>111</v>
+      </c>
+      <c r="E11" s="1" t="s">
+        <v>42</v>
       </c>
       <c r="F11" t="s">
         <v>30</v>
       </c>
       <c r="G11" t="s">
         <v>31</v>
       </c>
       <c r="H11">
-        <v>501317</v>
+        <v>501090</v>
       </c>
       <c r="I11">
-        <v>165936</v>
+        <v>171290</v>
       </c>
       <c r="J11">
-        <v>3.3</v>
+        <v>0.13</v>
       </c>
       <c r="K11" t="s">
         <v>32</v>
       </c>
       <c r="L11" t="s">
         <v>33</v>
       </c>
       <c r="M11" t="s">
         <v>37</v>
       </c>
+      <c r="O11" s="2"/>
       <c r="P11" t="s">
         <v>30</v>
       </c>
       <c r="R11">
-        <v>4</v>
+        <v>10</v>
+      </c>
+      <c r="T11">
+        <v>0</v>
       </c>
       <c r="V11">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="W11">
-        <v>4</v>
-[...1 lines deleted...]
-      <c r="AA11" s="1">
+        <v>10</v>
+      </c>
+      <c r="Z11" t="s">
+        <v>206</v>
+      </c>
+      <c r="AA11" s="2">
         <v>43133</v>
       </c>
-      <c r="AB11" s="1">
-[...3 lines deleted...]
-    <row r="12" spans="1:28" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="AB11" s="2">
+        <v>44951</v>
+      </c>
+    </row>
+    <row r="12" spans="1:28" x14ac:dyDescent="0.35">
       <c r="A12" t="s">
         <v>28</v>
       </c>
       <c r="B12" t="s">
         <v>29</v>
       </c>
       <c r="C12" t="s">
-        <v>66</v>
-[...2 lines deleted...]
-        <v>67</v>
+        <v>104</v>
+      </c>
+      <c r="E12" s="1" t="s">
+        <v>161</v>
       </c>
       <c r="F12" t="s">
         <v>30</v>
       </c>
       <c r="G12" t="s">
         <v>31</v>
       </c>
       <c r="H12">
-        <v>505462</v>
+        <v>498943</v>
       </c>
       <c r="I12">
-        <v>164348</v>
+        <v>170280</v>
       </c>
       <c r="J12">
-        <v>1.2</v>
+        <v>2</v>
       </c>
       <c r="K12" t="s">
         <v>32</v>
       </c>
       <c r="L12" t="s">
         <v>33</v>
       </c>
       <c r="M12" t="s">
         <v>37</v>
       </c>
       <c r="P12" t="s">
         <v>30</v>
       </c>
       <c r="R12">
-        <v>1</v>
+        <v>100</v>
+      </c>
+      <c r="T12">
+        <v>0</v>
       </c>
       <c r="V12">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="W12">
-        <v>1</v>
-[...8 lines deleted...]
-    <row r="13" spans="1:28" x14ac:dyDescent="0.3">
+        <v>100</v>
+      </c>
+      <c r="Z12" t="s">
+        <v>213</v>
+      </c>
+      <c r="AA12" s="2">
+        <v>43133</v>
+      </c>
+      <c r="AB12" s="2">
+        <v>44951</v>
+      </c>
+    </row>
+    <row r="13" spans="1:28" x14ac:dyDescent="0.35">
       <c r="A13" t="s">
         <v>28</v>
       </c>
       <c r="B13" t="s">
         <v>29</v>
       </c>
       <c r="C13" t="s">
-        <v>123</v>
-[...2 lines deleted...]
-        <v>199</v>
+        <v>100</v>
+      </c>
+      <c r="E13" s="1" t="s">
+        <v>162</v>
       </c>
       <c r="F13" t="s">
         <v>30</v>
       </c>
       <c r="G13" t="s">
         <v>31</v>
       </c>
       <c r="H13">
-        <v>500810</v>
+        <v>500732</v>
       </c>
       <c r="I13">
-        <v>167662</v>
+        <v>171355</v>
       </c>
       <c r="J13">
-        <v>1.55</v>
+        <v>0.45</v>
       </c>
       <c r="K13" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="L13" t="s">
         <v>33</v>
       </c>
       <c r="M13" t="s">
         <v>37</v>
       </c>
       <c r="P13" t="s">
         <v>30</v>
       </c>
       <c r="R13">
-        <v>3</v>
+        <v>40</v>
       </c>
       <c r="T13">
-        <v>0</v>
+        <v>725</v>
       </c>
       <c r="V13">
-        <v>3</v>
+        <v>40</v>
       </c>
       <c r="W13">
-        <v>3</v>
-[...1 lines deleted...]
-      <c r="AA13" s="1">
+        <v>60</v>
+      </c>
+      <c r="Z13" t="s">
+        <v>207</v>
+      </c>
+      <c r="AA13" s="2">
         <v>43133</v>
       </c>
-      <c r="AB13" s="1"/>
-[...1 lines deleted...]
-    <row r="14" spans="1:28" x14ac:dyDescent="0.3">
+      <c r="AB13" s="2">
+        <v>44951</v>
+      </c>
+    </row>
+    <row r="14" spans="1:28" x14ac:dyDescent="0.35">
       <c r="A14" t="s">
         <v>28</v>
       </c>
       <c r="B14" t="s">
         <v>29</v>
       </c>
       <c r="C14" t="s">
-        <v>91</v>
-[...2 lines deleted...]
-        <v>187</v>
+        <v>98</v>
+      </c>
+      <c r="E14" s="1" t="s">
+        <v>116</v>
       </c>
       <c r="F14" t="s">
         <v>30</v>
       </c>
       <c r="G14" t="s">
         <v>31</v>
       </c>
       <c r="H14">
-        <v>502332</v>
+        <v>503910</v>
       </c>
       <c r="I14">
-        <v>165193</v>
+        <v>166345</v>
       </c>
       <c r="J14">
-        <v>12.1</v>
+        <v>0.2</v>
       </c>
       <c r="K14" t="s">
         <v>32</v>
       </c>
       <c r="L14" t="s">
         <v>33</v>
       </c>
       <c r="M14" t="s">
-        <v>34</v>
-[...5 lines deleted...]
-        <v>43503</v>
+        <v>37</v>
       </c>
       <c r="P14" t="s">
         <v>30</v>
       </c>
       <c r="R14">
-        <v>332</v>
-[...2 lines deleted...]
-        <v>41</v>
+        <v>30</v>
       </c>
       <c r="T14">
         <v>0</v>
       </c>
       <c r="V14">
-        <v>332</v>
+        <v>30</v>
       </c>
       <c r="W14">
-        <v>332</v>
-[...4 lines deleted...]
-      <c r="AA14" s="1">
+        <v>30</v>
+      </c>
+      <c r="AA14" s="2">
         <v>43133</v>
       </c>
-      <c r="AB14" s="1">
-[...3 lines deleted...]
-    <row r="15" spans="1:28" x14ac:dyDescent="0.3">
+      <c r="AB14" s="2">
+        <v>44350</v>
+      </c>
+    </row>
+    <row r="15" spans="1:28" x14ac:dyDescent="0.35">
       <c r="A15" t="s">
         <v>28</v>
       </c>
       <c r="B15" t="s">
         <v>29</v>
       </c>
       <c r="C15" t="s">
-        <v>74</v>
-[...2 lines deleted...]
-        <v>145</v>
+        <v>71</v>
+      </c>
+      <c r="E15" s="1" t="s">
+        <v>72</v>
       </c>
       <c r="F15" t="s">
         <v>30</v>
       </c>
       <c r="G15" t="s">
         <v>31</v>
       </c>
       <c r="H15">
-        <v>498963</v>
+        <v>504221</v>
       </c>
       <c r="I15">
-        <v>171383</v>
+        <v>166834</v>
       </c>
       <c r="J15">
-        <v>0.33</v>
+        <v>1.45</v>
       </c>
       <c r="K15" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="L15" t="s">
         <v>33</v>
       </c>
       <c r="M15" t="s">
         <v>37</v>
       </c>
       <c r="P15" t="s">
         <v>30</v>
       </c>
       <c r="R15">
-        <v>1</v>
-      </c>
+        <v>34</v>
+      </c>
+      <c r="S15" s="3"/>
       <c r="V15">
-        <v>1</v>
+        <v>34</v>
       </c>
       <c r="W15">
-        <v>3</v>
-[...6 lines deleted...]
-    <row r="16" spans="1:28" x14ac:dyDescent="0.3">
+        <v>128</v>
+      </c>
+      <c r="Z15" t="s">
+        <v>117</v>
+      </c>
+      <c r="AA15" s="2">
+        <v>44350</v>
+      </c>
+      <c r="AB15" s="2"/>
+    </row>
+    <row r="16" spans="1:28" ht="29" x14ac:dyDescent="0.35">
       <c r="A16" t="s">
         <v>28</v>
       </c>
       <c r="B16" t="s">
         <v>29</v>
       </c>
       <c r="C16" t="s">
-        <v>116</v>
-[...2 lines deleted...]
-        <v>43</v>
+        <v>85</v>
+      </c>
+      <c r="E16" s="1" t="s">
+        <v>157</v>
       </c>
       <c r="F16" t="s">
         <v>30</v>
       </c>
       <c r="G16" t="s">
         <v>31</v>
       </c>
       <c r="H16">
-        <v>501182</v>
+        <v>501606</v>
       </c>
       <c r="I16">
-        <v>171341</v>
+        <v>166417</v>
       </c>
       <c r="J16">
-        <v>0.3</v>
+        <v>3.9</v>
       </c>
       <c r="K16" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="L16" t="s">
         <v>33</v>
       </c>
       <c r="M16" t="s">
-        <v>37</v>
+        <v>34</v>
+      </c>
+      <c r="N16" t="s">
+        <v>36</v>
+      </c>
+      <c r="O16" s="2">
+        <v>44001</v>
       </c>
       <c r="P16" t="s">
         <v>30</v>
       </c>
       <c r="R16">
-        <v>30</v>
-[...2 lines deleted...]
-        <v>44</v>
+        <v>59</v>
+      </c>
+      <c r="S16" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="T16">
+        <v>0</v>
       </c>
       <c r="V16">
-        <v>30</v>
+        <v>59</v>
       </c>
       <c r="W16">
-        <v>30</v>
+        <v>59</v>
       </c>
       <c r="Z16" t="s">
-        <v>246</v>
-[...1 lines deleted...]
-      <c r="AA16" s="1">
+        <v>216</v>
+      </c>
+      <c r="AA16" s="2">
         <v>43133</v>
       </c>
-      <c r="AB16" s="1">
-[...3 lines deleted...]
-    <row r="17" spans="1:28" x14ac:dyDescent="0.3">
+      <c r="AB16" s="2">
+        <v>44951</v>
+      </c>
+    </row>
+    <row r="17" spans="1:28" x14ac:dyDescent="0.35">
       <c r="A17" t="s">
         <v>28</v>
       </c>
       <c r="B17" t="s">
         <v>29</v>
       </c>
       <c r="C17" t="s">
-        <v>117</v>
-[...2 lines deleted...]
-        <v>137</v>
+        <v>105</v>
+      </c>
+      <c r="E17" s="1" t="s">
+        <v>120</v>
       </c>
       <c r="F17" t="s">
         <v>30</v>
       </c>
       <c r="G17" t="s">
         <v>31</v>
       </c>
       <c r="H17">
-        <v>501817</v>
+        <v>501317</v>
       </c>
       <c r="I17">
-        <v>170601</v>
+        <v>165936</v>
       </c>
       <c r="J17">
-        <v>1.75</v>
+        <v>3.3</v>
       </c>
       <c r="K17" t="s">
         <v>32</v>
       </c>
       <c r="L17" t="s">
         <v>33</v>
       </c>
       <c r="M17" t="s">
         <v>37</v>
       </c>
       <c r="P17" t="s">
         <v>30</v>
       </c>
       <c r="R17">
-        <v>90</v>
-[...2 lines deleted...]
-        <v>192</v>
+        <v>4</v>
       </c>
       <c r="V17">
-        <v>90</v>
+        <v>4</v>
       </c>
       <c r="W17">
-        <v>90</v>
+        <v>5</v>
       </c>
       <c r="Z17" t="s">
-        <v>138</v>
-[...1 lines deleted...]
-      <c r="AA17" s="1">
+        <v>257</v>
+      </c>
+      <c r="AA17" s="2">
         <v>43133</v>
       </c>
-      <c r="AB17" s="1">
-[...3 lines deleted...]
-    <row r="18" spans="1:28" x14ac:dyDescent="0.3">
+      <c r="AB17" s="2">
+        <v>44596</v>
+      </c>
+    </row>
+    <row r="18" spans="1:28" x14ac:dyDescent="0.35">
       <c r="A18" t="s">
         <v>28</v>
       </c>
       <c r="B18" t="s">
         <v>29</v>
       </c>
       <c r="C18" t="s">
-        <v>124</v>
-[...2 lines deleted...]
-        <v>46</v>
+        <v>66</v>
+      </c>
+      <c r="E18" s="1" t="s">
+        <v>67</v>
       </c>
       <c r="F18" t="s">
         <v>30</v>
       </c>
       <c r="G18" t="s">
         <v>31</v>
       </c>
       <c r="H18">
-        <v>499527</v>
+        <v>505462</v>
       </c>
       <c r="I18">
-        <v>168861</v>
+        <v>164348</v>
       </c>
       <c r="J18">
-        <v>1.47</v>
+        <v>1.2</v>
       </c>
       <c r="K18" t="s">
         <v>32</v>
       </c>
       <c r="L18" t="s">
         <v>33</v>
       </c>
       <c r="M18" t="s">
         <v>37</v>
       </c>
       <c r="P18" t="s">
         <v>30</v>
       </c>
       <c r="R18">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="V18">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="W18">
-        <v>30</v>
-[...11 lines deleted...]
-    <row r="19" spans="1:28" x14ac:dyDescent="0.3">
+        <v>1</v>
+      </c>
+      <c r="AA18" s="2">
+        <v>44348</v>
+      </c>
+      <c r="AB18" s="2">
+        <v>44596</v>
+      </c>
+    </row>
+    <row r="19" spans="1:28" ht="87" x14ac:dyDescent="0.35">
       <c r="A19" t="s">
         <v>28</v>
       </c>
       <c r="B19" t="s">
         <v>29</v>
       </c>
       <c r="C19" t="s">
-        <v>110</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>89</v>
+      </c>
+      <c r="E19" s="1" t="s">
+        <v>158</v>
       </c>
       <c r="F19" t="s">
         <v>30</v>
       </c>
       <c r="G19" t="s">
         <v>31</v>
       </c>
       <c r="H19">
-        <v>505132</v>
+        <v>502332</v>
       </c>
       <c r="I19">
-        <v>164687</v>
+        <v>165193</v>
       </c>
       <c r="J19">
-        <v>0.84</v>
+        <v>12.1</v>
       </c>
       <c r="K19" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="L19" t="s">
         <v>33</v>
       </c>
       <c r="M19" t="s">
-        <v>37</v>
+        <v>34</v>
+      </c>
+      <c r="N19" t="s">
+        <v>51</v>
+      </c>
+      <c r="O19" s="2">
+        <v>43503</v>
       </c>
       <c r="P19" t="s">
         <v>30</v>
       </c>
       <c r="R19">
-        <v>30</v>
-[...2 lines deleted...]
-        <v>132</v>
+        <v>258</v>
+      </c>
+      <c r="S19" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="T19">
+        <v>0</v>
       </c>
       <c r="V19">
-        <v>30</v>
+        <v>258</v>
       </c>
       <c r="W19">
-        <v>30</v>
+        <v>258</v>
       </c>
       <c r="Z19" t="s">
-        <v>201</v>
-[...1 lines deleted...]
-      <c r="AA19" s="1">
+        <v>242</v>
+      </c>
+      <c r="AA19" s="2">
         <v>43133</v>
       </c>
-      <c r="AB19" s="1">
-[...3 lines deleted...]
-    <row r="20" spans="1:28" x14ac:dyDescent="0.3">
+      <c r="AB19" s="2">
+        <v>45281</v>
+      </c>
+    </row>
+    <row r="20" spans="1:28" x14ac:dyDescent="0.35">
       <c r="A20" t="s">
         <v>28</v>
       </c>
       <c r="B20" t="s">
         <v>29</v>
       </c>
       <c r="C20" t="s">
-        <v>111</v>
-[...2 lines deleted...]
-        <v>134</v>
+        <v>101</v>
+      </c>
+      <c r="E20" s="1" t="s">
+        <v>43</v>
       </c>
       <c r="F20" t="s">
         <v>30</v>
       </c>
       <c r="G20" t="s">
         <v>31</v>
       </c>
       <c r="H20">
-        <v>503439</v>
+        <v>501182</v>
       </c>
       <c r="I20">
-        <v>163547</v>
+        <v>171341</v>
       </c>
       <c r="J20">
-        <v>2.1</v>
+        <v>0.3</v>
       </c>
       <c r="K20" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="L20" t="s">
         <v>33</v>
       </c>
       <c r="M20" t="s">
         <v>37</v>
       </c>
       <c r="P20" t="s">
         <v>30</v>
       </c>
       <c r="R20">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>30</v>
+      </c>
+      <c r="T20" t="s">
+        <v>44</v>
       </c>
       <c r="V20">
-        <v>3</v>
+        <v>30</v>
       </c>
       <c r="W20">
-        <v>3</v>
-[...1 lines deleted...]
-      <c r="AA20" s="1">
+        <v>30</v>
+      </c>
+      <c r="Z20" t="s">
+        <v>208</v>
+      </c>
+      <c r="AA20" s="2">
         <v>43133</v>
       </c>
-      <c r="AB20" s="1">
-[...3 lines deleted...]
-    <row r="21" spans="1:28" x14ac:dyDescent="0.3">
+      <c r="AB20" s="2">
+        <v>44949</v>
+      </c>
+    </row>
+    <row r="21" spans="1:28" x14ac:dyDescent="0.35">
       <c r="A21" t="s">
         <v>28</v>
       </c>
       <c r="B21" t="s">
         <v>29</v>
       </c>
       <c r="C21" t="s">
+        <v>102</v>
+      </c>
+      <c r="E21" s="1" t="s">
         <v>118</v>
-      </c>
-[...1 lines deleted...]
-        <v>130</v>
       </c>
       <c r="F21" t="s">
         <v>30</v>
       </c>
       <c r="G21" t="s">
         <v>31</v>
       </c>
       <c r="H21">
-        <v>501803</v>
+        <v>501817</v>
       </c>
       <c r="I21">
-        <v>170011</v>
+        <v>170601</v>
       </c>
       <c r="J21">
-        <v>0.16500000000000001</v>
+        <v>1.75</v>
       </c>
       <c r="K21" t="s">
         <v>32</v>
       </c>
       <c r="L21" t="s">
         <v>33</v>
       </c>
       <c r="M21" t="s">
         <v>37</v>
       </c>
       <c r="P21" t="s">
         <v>30</v>
       </c>
       <c r="R21">
-        <v>5</v>
+        <v>90</v>
+      </c>
+      <c r="T21" t="s">
+        <v>163</v>
       </c>
       <c r="V21">
-        <v>5</v>
+        <v>90</v>
       </c>
       <c r="W21">
-        <v>5</v>
-[...8 lines deleted...]
-    <row r="22" spans="1:28" x14ac:dyDescent="0.3">
+        <v>90</v>
+      </c>
+      <c r="Z21" t="s">
+        <v>119</v>
+      </c>
+      <c r="AA21" s="2">
+        <v>43133</v>
+      </c>
+      <c r="AB21" s="2">
+        <v>44368</v>
+      </c>
+    </row>
+    <row r="22" spans="1:28" x14ac:dyDescent="0.35">
       <c r="A22" t="s">
         <v>28</v>
       </c>
       <c r="B22" t="s">
         <v>29</v>
       </c>
       <c r="C22" t="s">
-        <v>129</v>
-[...2 lines deleted...]
-        <v>63</v>
+        <v>108</v>
+      </c>
+      <c r="E22" s="1" t="s">
+        <v>46</v>
       </c>
       <c r="F22" t="s">
         <v>30</v>
       </c>
       <c r="G22" t="s">
         <v>31</v>
       </c>
       <c r="H22">
-        <v>502611</v>
+        <v>499527</v>
       </c>
       <c r="I22">
-        <v>163706</v>
+        <v>168861</v>
       </c>
       <c r="J22">
-        <v>0.56000000000000005</v>
+        <v>1.47</v>
       </c>
       <c r="K22" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="L22" t="s">
         <v>33</v>
       </c>
       <c r="M22" t="s">
         <v>37</v>
       </c>
       <c r="P22" t="s">
         <v>30</v>
       </c>
       <c r="R22">
-        <v>3</v>
+        <v>20</v>
+      </c>
+      <c r="T22">
+        <v>0</v>
       </c>
       <c r="V22">
-        <v>3</v>
+        <v>20</v>
       </c>
       <c r="W22">
-        <v>3</v>
+        <v>30</v>
       </c>
       <c r="Z22" t="s">
-        <v>202</v>
-[...8 lines deleted...]
-    <row r="23" spans="1:28" x14ac:dyDescent="0.3">
+        <v>124</v>
+      </c>
+      <c r="AA22" s="2">
+        <v>43133</v>
+      </c>
+      <c r="AB22" s="2">
+        <v>44368</v>
+      </c>
+    </row>
+    <row r="23" spans="1:28" x14ac:dyDescent="0.35">
       <c r="A23" t="s">
         <v>28</v>
       </c>
       <c r="B23" t="s">
         <v>29</v>
       </c>
       <c r="C23" t="s">
-        <v>126</v>
-[...2 lines deleted...]
-        <v>65</v>
+        <v>97</v>
+      </c>
+      <c r="E23" s="1" t="s">
+        <v>38</v>
       </c>
       <c r="F23" t="s">
         <v>30</v>
       </c>
       <c r="G23" t="s">
         <v>31</v>
       </c>
       <c r="H23">
-        <v>498950</v>
+        <v>505132</v>
       </c>
       <c r="I23">
-        <v>171509</v>
+        <v>164687</v>
       </c>
       <c r="J23">
-        <v>0.31</v>
+        <v>0.84</v>
       </c>
       <c r="K23" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="L23" t="s">
         <v>33</v>
       </c>
       <c r="M23" t="s">
         <v>37</v>
       </c>
       <c r="P23" t="s">
         <v>30</v>
       </c>
       <c r="R23">
-        <v>10</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>30</v>
+      </c>
+      <c r="T23" t="s">
+        <v>115</v>
       </c>
       <c r="V23">
-        <v>10</v>
+        <v>30</v>
       </c>
       <c r="W23">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="AA23" s="1">
+        <v>30</v>
+      </c>
+      <c r="Z23" t="s">
+        <v>168</v>
+      </c>
+      <c r="AA23" s="2">
         <v>43133</v>
       </c>
-      <c r="AB23" s="1">
-[...3 lines deleted...]
-    <row r="24" spans="1:28" x14ac:dyDescent="0.3">
+      <c r="AB23" s="2">
+        <v>44949</v>
+      </c>
+    </row>
+    <row r="24" spans="1:28" x14ac:dyDescent="0.35">
       <c r="A24" t="s">
         <v>28</v>
       </c>
       <c r="B24" t="s">
         <v>29</v>
       </c>
       <c r="C24" t="s">
-        <v>114</v>
-[...2 lines deleted...]
-        <v>182</v>
+        <v>103</v>
+      </c>
+      <c r="E24" s="1" t="s">
+        <v>113</v>
       </c>
       <c r="F24" t="s">
         <v>30</v>
       </c>
       <c r="G24" t="s">
         <v>31</v>
       </c>
       <c r="H24">
-        <v>499617</v>
+        <v>501803</v>
       </c>
       <c r="I24">
-        <v>169831</v>
+        <v>170011</v>
       </c>
       <c r="J24">
-        <v>1.64</v>
+        <v>0.16500000000000001</v>
       </c>
       <c r="K24" t="s">
         <v>32</v>
       </c>
       <c r="L24" t="s">
         <v>33</v>
       </c>
       <c r="M24" t="s">
-        <v>34</v>
-[...5 lines deleted...]
-        <v>44792</v>
+        <v>37</v>
       </c>
       <c r="P24" t="s">
         <v>30</v>
       </c>
       <c r="R24">
-        <v>28</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="V24">
-        <v>28</v>
+        <v>5</v>
       </c>
       <c r="W24">
-        <v>28</v>
-[...11 lines deleted...]
-    <row r="25" spans="1:28" x14ac:dyDescent="0.3">
+        <v>5</v>
+      </c>
+      <c r="AA24" s="2">
+        <v>44232</v>
+      </c>
+      <c r="AB24" s="2">
+        <v>44596</v>
+      </c>
+    </row>
+    <row r="25" spans="1:28" x14ac:dyDescent="0.35">
       <c r="A25" t="s">
         <v>28</v>
       </c>
       <c r="B25" t="s">
         <v>29</v>
       </c>
       <c r="C25" t="s">
-        <v>75</v>
-[...2 lines deleted...]
-        <v>76</v>
+        <v>112</v>
+      </c>
+      <c r="E25" s="1" t="s">
+        <v>63</v>
       </c>
       <c r="F25" t="s">
         <v>30</v>
       </c>
       <c r="G25" t="s">
         <v>31</v>
       </c>
       <c r="H25">
-        <v>504022</v>
+        <v>502611</v>
       </c>
       <c r="I25">
-        <v>166680</v>
+        <v>163706</v>
       </c>
       <c r="J25">
-        <v>0.27</v>
+        <v>0.56000000000000005</v>
       </c>
       <c r="K25" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="L25" t="s">
         <v>33</v>
       </c>
       <c r="M25" t="s">
-        <v>34</v>
-[...5 lines deleted...]
-        <v>44236</v>
+        <v>37</v>
       </c>
       <c r="P25" t="s">
         <v>30</v>
       </c>
       <c r="R25">
-        <v>13</v>
-[...2 lines deleted...]
-        <v>108</v>
+        <v>3</v>
       </c>
       <c r="V25">
-        <v>13</v>
+        <v>3</v>
       </c>
       <c r="W25">
-        <v>13</v>
+        <v>3</v>
       </c>
       <c r="Z25" t="s">
-        <v>106</v>
-[...6 lines deleted...]
-    <row r="26" spans="1:28" x14ac:dyDescent="0.3">
+        <v>169</v>
+      </c>
+      <c r="AA25" s="2">
+        <v>44232</v>
+      </c>
+      <c r="AB25" s="2">
+        <v>44949</v>
+      </c>
+    </row>
+    <row r="26" spans="1:28" x14ac:dyDescent="0.35">
       <c r="A26" t="s">
         <v>28</v>
       </c>
       <c r="B26" t="s">
         <v>29</v>
       </c>
       <c r="C26" t="s">
-        <v>127</v>
-[...2 lines deleted...]
-        <v>84</v>
+        <v>109</v>
+      </c>
+      <c r="E26" s="1" t="s">
+        <v>65</v>
       </c>
       <c r="F26" t="s">
         <v>30</v>
       </c>
       <c r="G26" t="s">
         <v>31</v>
       </c>
       <c r="H26">
-        <v>503914</v>
+        <v>498950</v>
       </c>
       <c r="I26">
-        <v>166536</v>
+        <v>171509</v>
       </c>
       <c r="J26">
-        <v>0.32</v>
+        <v>0.31</v>
       </c>
       <c r="K26" t="s">
         <v>32</v>
       </c>
       <c r="L26" t="s">
         <v>33</v>
       </c>
       <c r="M26" t="s">
-        <v>34</v>
-[...5 lines deleted...]
-        <v>44469</v>
+        <v>37</v>
       </c>
       <c r="P26" t="s">
         <v>30</v>
       </c>
       <c r="R26">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>193</v>
+        <v>10</v>
       </c>
       <c r="T26">
         <v>0</v>
       </c>
       <c r="V26">
-        <v>27</v>
+        <v>10</v>
       </c>
       <c r="W26">
-        <v>27</v>
-[...11 lines deleted...]
-    <row r="27" spans="1:28" x14ac:dyDescent="0.3">
+        <v>10</v>
+      </c>
+      <c r="AA26" s="2">
+        <v>43133</v>
+      </c>
+      <c r="AB26" s="2">
+        <v>44596</v>
+      </c>
+    </row>
+    <row r="27" spans="1:28" ht="29" x14ac:dyDescent="0.35">
       <c r="A27" t="s">
         <v>28</v>
       </c>
       <c r="B27" t="s">
         <v>29</v>
       </c>
       <c r="C27" t="s">
-        <v>92</v>
-[...2 lines deleted...]
-        <v>47</v>
+        <v>99</v>
+      </c>
+      <c r="E27" s="1" t="s">
+        <v>154</v>
       </c>
       <c r="F27" t="s">
         <v>30</v>
       </c>
       <c r="G27" t="s">
         <v>31</v>
       </c>
       <c r="H27">
-        <v>505514</v>
+        <v>499617</v>
       </c>
       <c r="I27">
-        <v>164829</v>
+        <v>169831</v>
       </c>
       <c r="J27">
-        <v>0.26</v>
+        <v>1.64</v>
       </c>
       <c r="K27" t="s">
         <v>32</v>
       </c>
       <c r="L27" t="s">
         <v>33</v>
       </c>
       <c r="M27" t="s">
         <v>34</v>
       </c>
       <c r="N27" t="s">
         <v>36</v>
       </c>
-      <c r="O27" s="1">
-        <v>43438</v>
+      <c r="O27" s="2">
+        <v>44792</v>
       </c>
       <c r="P27" t="s">
         <v>30</v>
       </c>
       <c r="R27">
-        <v>68</v>
-[...2 lines deleted...]
-        <v>49</v>
+        <v>28</v>
+      </c>
+      <c r="S27" s="1" t="s">
+        <v>171</v>
       </c>
       <c r="T27">
-        <v>400</v>
+        <v>0</v>
       </c>
       <c r="V27">
-        <v>68</v>
+        <v>28</v>
       </c>
       <c r="W27">
-        <v>68</v>
+        <v>28</v>
       </c>
       <c r="Z27" t="s">
-        <v>48</v>
-[...1 lines deleted...]
-      <c r="AA27" s="1">
+        <v>170</v>
+      </c>
+      <c r="AA27" s="2">
         <v>43133</v>
       </c>
-      <c r="AB27" s="1">
-[...3 lines deleted...]
-    <row r="28" spans="1:28" x14ac:dyDescent="0.3">
+      <c r="AB27" s="2">
+        <v>44949</v>
+      </c>
+    </row>
+    <row r="28" spans="1:28" ht="29" x14ac:dyDescent="0.35">
       <c r="A28" t="s">
         <v>28</v>
       </c>
       <c r="B28" t="s">
         <v>29</v>
       </c>
       <c r="C28" t="s">
-        <v>86</v>
-[...2 lines deleted...]
-        <v>55</v>
+        <v>74</v>
+      </c>
+      <c r="E28" s="1" t="s">
+        <v>75</v>
       </c>
       <c r="F28" t="s">
         <v>30</v>
       </c>
       <c r="G28" t="s">
         <v>31</v>
       </c>
       <c r="H28">
-        <v>499532</v>
+        <v>504022</v>
       </c>
       <c r="I28">
-        <v>170974</v>
+        <v>166680</v>
       </c>
       <c r="J28">
-        <v>0.23</v>
+        <v>0.27</v>
       </c>
       <c r="K28" t="s">
         <v>32</v>
       </c>
       <c r="L28" t="s">
         <v>33</v>
       </c>
       <c r="M28" t="s">
         <v>34</v>
       </c>
       <c r="N28" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-        <v>44204</v>
+        <v>50</v>
+      </c>
+      <c r="O28" s="2">
+        <v>44236</v>
       </c>
       <c r="P28" t="s">
         <v>30</v>
       </c>
       <c r="R28">
-        <v>9</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>13</v>
+      </c>
+      <c r="S28" s="3" t="s">
+        <v>95</v>
       </c>
       <c r="V28">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="W28">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="Z28" t="s">
-        <v>252</v>
-[...8 lines deleted...]
-    <row r="29" spans="1:28" x14ac:dyDescent="0.3">
+        <v>94</v>
+      </c>
+      <c r="AA28" s="2">
+        <v>44368</v>
+      </c>
+      <c r="AB28" s="2"/>
+    </row>
+    <row r="29" spans="1:28" x14ac:dyDescent="0.35">
       <c r="A29" t="s">
         <v>28</v>
       </c>
       <c r="B29" t="s">
         <v>29</v>
       </c>
       <c r="C29" t="s">
-        <v>121</v>
-[...2 lines deleted...]
-        <v>140</v>
+        <v>110</v>
+      </c>
+      <c r="E29" s="3" t="s">
+        <v>82</v>
       </c>
       <c r="F29" t="s">
         <v>30</v>
       </c>
       <c r="G29" t="s">
         <v>31</v>
       </c>
       <c r="H29">
-        <v>501690</v>
+        <v>503914</v>
       </c>
       <c r="I29">
-        <v>168723</v>
+        <v>166536</v>
       </c>
       <c r="J29">
-        <v>0.16</v>
+        <v>0.32</v>
       </c>
       <c r="K29" t="s">
         <v>32</v>
       </c>
       <c r="L29" t="s">
         <v>33</v>
       </c>
       <c r="M29" t="s">
-        <v>37</v>
+        <v>34</v>
+      </c>
+      <c r="N29" t="s">
+        <v>50</v>
+      </c>
+      <c r="O29" s="2">
+        <v>44469</v>
       </c>
       <c r="P29" t="s">
         <v>30</v>
       </c>
       <c r="R29">
-        <v>24</v>
+        <v>27</v>
+      </c>
+      <c r="S29" s="3" t="s">
+        <v>164</v>
       </c>
       <c r="T29">
         <v>0</v>
       </c>
       <c r="V29">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="W29">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="Z29" t="s">
-        <v>141</v>
-[...8 lines deleted...]
-    <row r="30" spans="1:28" x14ac:dyDescent="0.3">
+        <v>165</v>
+      </c>
+      <c r="AA29" s="2">
+        <v>44232</v>
+      </c>
+      <c r="AB29" s="2">
+        <v>44469</v>
+      </c>
+    </row>
+    <row r="30" spans="1:28" ht="29" x14ac:dyDescent="0.35">
       <c r="A30" t="s">
         <v>28</v>
       </c>
       <c r="B30" t="s">
         <v>29</v>
       </c>
       <c r="C30" t="s">
-        <v>77</v>
-[...2 lines deleted...]
-        <v>78</v>
+        <v>90</v>
+      </c>
+      <c r="E30" s="1" t="s">
+        <v>47</v>
       </c>
       <c r="F30" t="s">
         <v>30</v>
       </c>
       <c r="G30" t="s">
         <v>31</v>
       </c>
       <c r="H30">
-        <v>501176</v>
+        <v>505514</v>
       </c>
       <c r="I30">
-        <v>171433</v>
+        <v>164829</v>
       </c>
       <c r="J30">
-        <v>2.5</v>
+        <v>0.26</v>
       </c>
       <c r="K30" t="s">
-        <v>79</v>
+        <v>32</v>
       </c>
       <c r="L30" t="s">
         <v>33</v>
       </c>
       <c r="M30" t="s">
-        <v>37</v>
+        <v>34</v>
+      </c>
+      <c r="N30" t="s">
+        <v>36</v>
+      </c>
+      <c r="O30" s="2">
+        <v>43438</v>
       </c>
       <c r="P30" t="s">
         <v>30</v>
       </c>
       <c r="R30">
-        <v>50</v>
+        <v>68</v>
+      </c>
+      <c r="S30" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="T30">
+        <v>400</v>
       </c>
       <c r="V30">
-        <v>50</v>
+        <v>68</v>
       </c>
       <c r="W30">
-        <v>50</v>
-[...1 lines deleted...]
-      <c r="AA30" s="1">
+        <v>68</v>
+      </c>
+      <c r="Z30" t="s">
+        <v>48</v>
+      </c>
+      <c r="AA30" s="2">
+        <v>43133</v>
+      </c>
+      <c r="AB30" s="2">
         <v>44368</v>
       </c>
-      <c r="AB30" s="1"/>
-[...1 lines deleted...]
-    <row r="31" spans="1:28" x14ac:dyDescent="0.3">
+    </row>
+    <row r="31" spans="1:28" ht="29" x14ac:dyDescent="0.35">
       <c r="A31" t="s">
         <v>28</v>
       </c>
       <c r="B31" t="s">
         <v>29</v>
       </c>
       <c r="C31" t="s">
-        <v>112</v>
-[...2 lines deleted...]
-        <v>133</v>
+        <v>84</v>
+      </c>
+      <c r="E31" s="1" t="s">
+        <v>55</v>
       </c>
       <c r="F31" t="s">
         <v>30</v>
       </c>
       <c r="G31" t="s">
         <v>31</v>
       </c>
       <c r="H31">
-        <v>504939</v>
+        <v>499532</v>
       </c>
       <c r="I31">
-        <v>164551</v>
+        <v>170974</v>
       </c>
       <c r="J31">
-        <v>7.0000000000000007E-2</v>
+        <v>0.23</v>
       </c>
       <c r="K31" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="L31" t="s">
         <v>33</v>
       </c>
       <c r="M31" t="s">
-        <v>37</v>
+        <v>34</v>
+      </c>
+      <c r="N31" t="s">
+        <v>36</v>
+      </c>
+      <c r="O31" s="2">
+        <v>44204</v>
       </c>
       <c r="P31" t="s">
         <v>30</v>
       </c>
       <c r="R31">
-        <v>3</v>
+        <v>9</v>
+      </c>
+      <c r="S31" s="3" t="s">
+        <v>56</v>
       </c>
       <c r="T31">
         <v>0</v>
       </c>
       <c r="V31">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W31">
-        <v>3</v>
-[...1 lines deleted...]
-      <c r="AA31" s="1">
+        <v>2</v>
+      </c>
+      <c r="Z31" t="s">
+        <v>214</v>
+      </c>
+      <c r="AA31" s="2">
         <v>43133</v>
       </c>
-      <c r="AB31" s="1">
-[...3 lines deleted...]
-    <row r="32" spans="1:28" x14ac:dyDescent="0.3">
+      <c r="AB31" s="2">
+        <v>45281</v>
+      </c>
+    </row>
+    <row r="32" spans="1:28" x14ac:dyDescent="0.35">
       <c r="A32" t="s">
         <v>28</v>
       </c>
       <c r="B32" t="s">
         <v>29</v>
       </c>
       <c r="C32" t="s">
-        <v>247</v>
-[...2 lines deleted...]
-        <v>248</v>
+        <v>106</v>
+      </c>
+      <c r="E32" s="1" t="s">
+        <v>121</v>
       </c>
       <c r="F32" t="s">
         <v>30</v>
       </c>
       <c r="G32" t="s">
         <v>31</v>
       </c>
       <c r="H32">
-        <v>500446</v>
+        <v>501690</v>
       </c>
       <c r="I32">
-        <v>170783</v>
+        <v>168723</v>
       </c>
       <c r="J32">
-        <v>0.33</v>
+        <v>0.16</v>
       </c>
       <c r="K32" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="L32" t="s">
         <v>33</v>
       </c>
       <c r="M32" t="s">
         <v>37</v>
       </c>
       <c r="P32" t="s">
         <v>30</v>
       </c>
       <c r="R32">
-        <v>10</v>
+        <v>24</v>
+      </c>
+      <c r="S32" s="3"/>
+      <c r="T32">
+        <v>0</v>
       </c>
       <c r="V32">
-        <v>10</v>
+        <v>24</v>
       </c>
       <c r="W32">
-        <v>10</v>
+        <v>24</v>
       </c>
       <c r="Z32" t="s">
-        <v>249</v>
-[...6 lines deleted...]
-    <row r="33" spans="1:28" x14ac:dyDescent="0.3">
+        <v>122</v>
+      </c>
+      <c r="AA32" s="2">
+        <v>43133</v>
+      </c>
+      <c r="AB32" s="2">
+        <v>44368</v>
+      </c>
+    </row>
+    <row r="33" spans="1:28" x14ac:dyDescent="0.35">
       <c r="A33" t="s">
         <v>28</v>
       </c>
       <c r="B33" t="s">
         <v>29</v>
       </c>
       <c r="C33" t="s">
-        <v>97</v>
-[...2 lines deleted...]
-        <v>80</v>
+        <v>76</v>
+      </c>
+      <c r="E33" s="1" t="s">
+        <v>77</v>
       </c>
       <c r="F33" t="s">
         <v>30</v>
       </c>
       <c r="G33" t="s">
         <v>31</v>
       </c>
       <c r="H33">
-        <v>504979</v>
+        <v>501176</v>
       </c>
       <c r="I33">
-        <v>164596</v>
+        <v>171433</v>
       </c>
       <c r="J33">
-        <v>0.02</v>
+        <v>2.5</v>
       </c>
       <c r="K33" t="s">
-        <v>32</v>
+        <v>78</v>
       </c>
       <c r="L33" t="s">
         <v>33</v>
       </c>
       <c r="M33" t="s">
-        <v>34</v>
-[...5 lines deleted...]
-        <v>42376</v>
+        <v>37</v>
       </c>
       <c r="P33" t="s">
         <v>30</v>
       </c>
       <c r="R33">
-        <v>6</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>50</v>
       </c>
       <c r="V33">
-        <v>6</v>
+        <v>50</v>
       </c>
       <c r="W33">
-        <v>6</v>
-[...7 lines deleted...]
-      <c r="AB33" s="1">
+        <v>50</v>
+      </c>
+      <c r="AA33" s="2">
         <v>44368</v>
       </c>
-    </row>
-    <row r="34" spans="1:28" x14ac:dyDescent="0.3">
+      <c r="AB33" s="2"/>
+    </row>
+    <row r="34" spans="1:28" x14ac:dyDescent="0.35">
       <c r="A34" t="s">
         <v>28</v>
       </c>
       <c r="B34" t="s">
         <v>29</v>
       </c>
       <c r="C34" t="s">
-        <v>93</v>
-[...2 lines deleted...]
-        <v>61</v>
+        <v>209</v>
+      </c>
+      <c r="E34" s="1" t="s">
+        <v>210</v>
       </c>
       <c r="F34" t="s">
         <v>30</v>
       </c>
       <c r="G34" t="s">
         <v>31</v>
       </c>
       <c r="H34">
-        <v>503780</v>
+        <v>500446</v>
       </c>
       <c r="I34">
-        <v>166556</v>
+        <v>170783</v>
       </c>
       <c r="J34">
-        <v>0.74</v>
+        <v>0.33</v>
       </c>
       <c r="K34" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="L34" t="s">
         <v>33</v>
       </c>
       <c r="M34" t="s">
-        <v>34</v>
-[...5 lines deleted...]
-        <v>43326</v>
+        <v>37</v>
       </c>
       <c r="P34" t="s">
         <v>30</v>
       </c>
       <c r="R34">
-        <v>91</v>
-[...6 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="S34" s="3"/>
       <c r="V34">
-        <v>91</v>
+        <v>10</v>
       </c>
       <c r="W34">
-        <v>127</v>
+        <v>10</v>
       </c>
       <c r="Z34" t="s">
-        <v>205</v>
-[...8 lines deleted...]
-    <row r="35" spans="1:28" x14ac:dyDescent="0.3">
+        <v>211</v>
+      </c>
+      <c r="AA34" s="2">
+        <v>44951</v>
+      </c>
+      <c r="AB34" s="2"/>
+    </row>
+    <row r="35" spans="1:28" x14ac:dyDescent="0.35">
       <c r="A35" t="s">
         <v>28</v>
       </c>
       <c r="B35" t="s">
         <v>29</v>
       </c>
       <c r="C35" t="s">
-        <v>88</v>
-[...2 lines deleted...]
-        <v>60</v>
+        <v>93</v>
+      </c>
+      <c r="E35" s="1" t="s">
+        <v>79</v>
       </c>
       <c r="F35" t="s">
         <v>30</v>
       </c>
       <c r="G35" t="s">
         <v>31</v>
       </c>
       <c r="H35">
-        <v>502533</v>
+        <v>504979</v>
       </c>
       <c r="I35">
-        <v>171539</v>
+        <v>164596</v>
       </c>
       <c r="J35">
-        <v>2.79</v>
+        <v>0.02</v>
       </c>
       <c r="K35" t="s">
         <v>32</v>
       </c>
       <c r="L35" t="s">
         <v>33</v>
       </c>
       <c r="M35" t="s">
         <v>34</v>
       </c>
       <c r="N35" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>44330</v>
+        <v>36</v>
+      </c>
+      <c r="O35" s="2">
+        <v>42376</v>
       </c>
       <c r="P35" t="s">
         <v>30</v>
       </c>
       <c r="R35">
-        <v>103</v>
-[...2 lines deleted...]
-        <v>73</v>
+        <v>6</v>
+      </c>
+      <c r="S35" s="3" t="s">
+        <v>39</v>
       </c>
       <c r="T35">
         <v>0</v>
       </c>
       <c r="V35">
-        <v>103</v>
+        <v>6</v>
       </c>
       <c r="W35">
-        <v>103</v>
+        <v>6</v>
       </c>
       <c r="Z35" t="s">
-        <v>105</v>
-[...8 lines deleted...]
-    <row r="36" spans="1:28" x14ac:dyDescent="0.3">
+        <v>40</v>
+      </c>
+      <c r="AA35" s="2">
+        <v>43133</v>
+      </c>
+      <c r="AB35" s="2">
+        <v>44368</v>
+      </c>
+    </row>
+    <row r="36" spans="1:28" x14ac:dyDescent="0.35">
       <c r="A36" t="s">
         <v>28</v>
       </c>
       <c r="B36" t="s">
         <v>29</v>
       </c>
       <c r="C36" t="s">
-        <v>255</v>
-[...2 lines deleted...]
-        <v>256</v>
+        <v>199</v>
+      </c>
+      <c r="E36" s="1" t="s">
+        <v>200</v>
       </c>
       <c r="F36" t="s">
         <v>30</v>
       </c>
       <c r="G36" t="s">
         <v>31</v>
       </c>
       <c r="H36">
-        <v>500744</v>
+        <v>505484</v>
       </c>
       <c r="I36">
-        <v>169040</v>
+        <v>165313</v>
       </c>
       <c r="J36">
-        <v>1.7</v>
+        <v>2.1</v>
       </c>
       <c r="K36" t="s">
         <v>32</v>
       </c>
       <c r="L36" t="s">
         <v>33</v>
       </c>
       <c r="M36" t="s">
         <v>37</v>
       </c>
-      <c r="O36" s="1"/>
       <c r="P36" t="s">
         <v>30</v>
       </c>
       <c r="R36">
-        <v>3</v>
-      </c>
+        <v>40</v>
+      </c>
+      <c r="S36" s="3"/>
       <c r="V36">
-        <v>3</v>
+        <v>40</v>
       </c>
       <c r="W36">
-        <v>4</v>
-[...1 lines deleted...]
-      <c r="AA36" s="1">
+        <v>40</v>
+      </c>
+      <c r="Z36" t="s">
+        <v>201</v>
+      </c>
+      <c r="AA36" s="2">
         <v>44951</v>
       </c>
-      <c r="AB36" s="1"/>
-[...1 lines deleted...]
-    <row r="37" spans="1:28" x14ac:dyDescent="0.3">
+      <c r="AB36" s="2"/>
+    </row>
+    <row r="37" spans="1:28" x14ac:dyDescent="0.35">
       <c r="A37" t="s">
         <v>28</v>
       </c>
       <c r="B37" t="s">
         <v>29</v>
       </c>
       <c r="C37" t="s">
-        <v>101</v>
-[...2 lines deleted...]
-        <v>102</v>
+        <v>91</v>
+      </c>
+      <c r="E37" s="1" t="s">
+        <v>61</v>
       </c>
       <c r="F37" t="s">
         <v>30</v>
       </c>
       <c r="G37" t="s">
         <v>31</v>
       </c>
       <c r="H37">
-        <v>504960</v>
+        <v>503780</v>
       </c>
       <c r="I37">
-        <v>165276</v>
+        <v>166556</v>
       </c>
       <c r="J37">
-        <v>0.15</v>
+        <v>0.74</v>
       </c>
       <c r="K37" t="s">
         <v>32</v>
       </c>
       <c r="L37" t="s">
         <v>33</v>
       </c>
       <c r="M37" t="s">
         <v>34</v>
       </c>
       <c r="N37" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-        <v>44274</v>
+        <v>50</v>
+      </c>
+      <c r="O37" s="2">
+        <v>43326</v>
       </c>
       <c r="P37" t="s">
         <v>30</v>
       </c>
       <c r="R37">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>103</v>
+        <v>91</v>
+      </c>
+      <c r="S37" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="T37">
+        <v>0</v>
       </c>
       <c r="V37">
-        <v>3</v>
+        <v>91</v>
       </c>
       <c r="W37">
-        <v>3</v>
+        <v>127</v>
       </c>
       <c r="Z37" t="s">
-        <v>104</v>
-[...6 lines deleted...]
-    <row r="38" spans="1:28" x14ac:dyDescent="0.3">
+        <v>172</v>
+      </c>
+      <c r="AA37" s="2">
+        <v>44232</v>
+      </c>
+      <c r="AB37" s="2">
+        <v>44949</v>
+      </c>
+    </row>
+    <row r="38" spans="1:28" ht="116" x14ac:dyDescent="0.35">
       <c r="A38" t="s">
         <v>28</v>
       </c>
       <c r="B38" t="s">
         <v>29</v>
       </c>
       <c r="C38" t="s">
-        <v>68</v>
-[...2 lines deleted...]
-        <v>70</v>
+        <v>86</v>
+      </c>
+      <c r="E38" s="1" t="s">
+        <v>60</v>
       </c>
       <c r="F38" t="s">
         <v>30</v>
       </c>
       <c r="G38" t="s">
         <v>31</v>
       </c>
       <c r="H38">
-        <v>505192</v>
+        <v>502533</v>
       </c>
       <c r="I38">
-        <v>164408</v>
+        <v>171539</v>
       </c>
       <c r="J38">
-        <v>1.75</v>
+        <v>2.79</v>
       </c>
       <c r="K38" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="L38" t="s">
         <v>33</v>
       </c>
       <c r="M38" t="s">
-        <v>37</v>
+        <v>34</v>
+      </c>
+      <c r="N38" t="s">
+        <v>50</v>
+      </c>
+      <c r="O38" s="2">
+        <v>44330</v>
       </c>
       <c r="P38" t="s">
         <v>30</v>
       </c>
       <c r="R38">
-        <v>140</v>
+        <v>103</v>
+      </c>
+      <c r="S38" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="T38">
+        <v>0</v>
       </c>
       <c r="V38">
-        <v>140</v>
+        <v>103</v>
       </c>
       <c r="W38">
-        <v>140</v>
-[...6 lines deleted...]
-    <row r="39" spans="1:28" x14ac:dyDescent="0.3">
+        <v>235</v>
+      </c>
+      <c r="Z38" t="s">
+        <v>240</v>
+      </c>
+      <c r="AA38" s="2">
+        <v>44232</v>
+      </c>
+      <c r="AB38" s="2">
+        <v>44355</v>
+      </c>
+    </row>
+    <row r="39" spans="1:28" x14ac:dyDescent="0.35">
       <c r="A39" t="s">
         <v>28</v>
       </c>
       <c r="B39" t="s">
         <v>29</v>
       </c>
       <c r="C39" t="s">
-        <v>69</v>
-[...2 lines deleted...]
-        <v>206</v>
+        <v>68</v>
+      </c>
+      <c r="E39" s="1" t="s">
+        <v>70</v>
       </c>
       <c r="F39" t="s">
         <v>30</v>
       </c>
       <c r="G39" t="s">
         <v>31</v>
       </c>
       <c r="H39">
-        <v>504854</v>
+        <v>505192</v>
       </c>
       <c r="I39">
-        <v>161923</v>
+        <v>164408</v>
       </c>
       <c r="J39">
-        <v>10</v>
+        <v>1.75</v>
       </c>
       <c r="K39" t="s">
         <v>35</v>
       </c>
       <c r="L39" t="s">
         <v>33</v>
       </c>
       <c r="M39" t="s">
         <v>37</v>
       </c>
       <c r="P39" t="s">
         <v>30</v>
       </c>
       <c r="R39">
-        <v>117</v>
+        <v>140</v>
       </c>
       <c r="V39">
-        <v>117</v>
+        <v>140</v>
       </c>
       <c r="W39">
-        <v>117</v>
-[...4 lines deleted...]
-      <c r="AA39" s="1">
+        <v>140</v>
+      </c>
+      <c r="AA39" s="2">
         <v>44350</v>
       </c>
-      <c r="AB39" s="1">
-[...3 lines deleted...]
-    <row r="40" spans="1:28" x14ac:dyDescent="0.3">
+      <c r="AB39" s="2"/>
+    </row>
+    <row r="40" spans="1:28" x14ac:dyDescent="0.35">
       <c r="A40" t="s">
         <v>28</v>
       </c>
       <c r="B40" t="s">
         <v>29</v>
       </c>
       <c r="C40" t="s">
-        <v>94</v>
-[...2 lines deleted...]
-        <v>95</v>
+        <v>69</v>
+      </c>
+      <c r="E40" s="1" t="s">
+        <v>173</v>
       </c>
       <c r="F40" t="s">
         <v>30</v>
       </c>
       <c r="G40" t="s">
         <v>31</v>
       </c>
       <c r="H40">
-        <v>504101</v>
+        <v>504854</v>
       </c>
       <c r="I40">
-        <v>166869</v>
+        <v>161923</v>
       </c>
       <c r="J40">
-        <v>0.06</v>
+        <v>10</v>
       </c>
       <c r="K40" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="L40" t="s">
         <v>33</v>
       </c>
       <c r="M40" t="s">
-        <v>34</v>
-[...5 lines deleted...]
-        <v>43371</v>
+        <v>37</v>
       </c>
       <c r="P40" t="s">
         <v>30</v>
       </c>
       <c r="R40">
-        <v>9</v>
-[...1 lines deleted...]
-      <c r="S40" t="s">
+        <v>117</v>
+      </c>
+      <c r="V40">
+        <v>117</v>
+      </c>
+      <c r="W40">
+        <v>117</v>
+      </c>
+      <c r="Z40" t="s">
+        <v>174</v>
+      </c>
+      <c r="AA40" s="2">
+        <v>44350</v>
+      </c>
+      <c r="AB40" s="2">
+        <v>44949</v>
+      </c>
+    </row>
+    <row r="41" spans="1:28" x14ac:dyDescent="0.35">
+      <c r="A41" t="s">
+        <v>28</v>
+      </c>
+      <c r="B41" t="s">
+        <v>29</v>
+      </c>
+      <c r="C41" t="s">
         <v>81</v>
       </c>
-      <c r="T40">
-[...29 lines deleted...]
-        <v>188</v>
+      <c r="E41" s="10" t="s">
+        <v>159</v>
       </c>
       <c r="F41" t="s">
         <v>30</v>
       </c>
       <c r="G41" t="s">
         <v>31</v>
       </c>
       <c r="H41">
         <v>502966</v>
       </c>
       <c r="I41">
         <v>171541</v>
       </c>
       <c r="J41">
         <v>0.2</v>
       </c>
       <c r="K41" t="s">
         <v>32</v>
       </c>
       <c r="L41" t="s">
         <v>33</v>
       </c>
       <c r="M41" t="s">
         <v>34</v>
       </c>
       <c r="N41" t="s">
         <v>50</v>
       </c>
-      <c r="O41" s="1">
+      <c r="O41" s="2">
         <v>44511</v>
       </c>
       <c r="P41" t="s">
         <v>30</v>
       </c>
       <c r="R41">
         <v>20</v>
       </c>
-      <c r="S41" t="s">
-        <v>179</v>
+      <c r="S41" s="1" t="s">
+        <v>151</v>
       </c>
       <c r="T41">
         <v>0</v>
       </c>
       <c r="V41">
         <v>20</v>
       </c>
       <c r="W41">
         <v>20</v>
       </c>
-      <c r="Z41" s="3" t="s">
-[...2 lines deleted...]
-      <c r="AA41" s="1">
+      <c r="Z41" s="11" t="s">
+        <v>152</v>
+      </c>
+      <c r="AA41" s="2">
         <v>44516</v>
       </c>
-      <c r="AB41" s="1"/>
-[...1 lines deleted...]
-    <row r="42" spans="1:28" x14ac:dyDescent="0.3">
+      <c r="AB41" s="2"/>
+    </row>
+    <row r="42" spans="1:28" x14ac:dyDescent="0.35">
       <c r="A42" t="s">
         <v>28</v>
       </c>
       <c r="B42" t="s">
         <v>29</v>
       </c>
       <c r="C42" t="s">
-        <v>98</v>
-[...2 lines deleted...]
-        <v>99</v>
+        <v>80</v>
+      </c>
+      <c r="E42" s="12" t="s">
+        <v>53</v>
       </c>
       <c r="F42" t="s">
         <v>30</v>
       </c>
       <c r="G42" t="s">
         <v>31</v>
       </c>
       <c r="H42">
-        <v>500868</v>
+        <v>500533</v>
       </c>
       <c r="I42">
-        <v>171062</v>
+        <v>171259</v>
       </c>
       <c r="J42">
-        <v>0.13</v>
+        <v>0.08</v>
       </c>
       <c r="K42" t="s">
         <v>32</v>
       </c>
       <c r="L42" t="s">
         <v>33</v>
       </c>
       <c r="M42" t="s">
         <v>34</v>
       </c>
       <c r="N42" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-        <v>44224</v>
+        <v>50</v>
+      </c>
+      <c r="O42" s="2">
+        <v>43475</v>
       </c>
       <c r="P42" t="s">
         <v>30</v>
       </c>
       <c r="R42">
-        <v>8</v>
-[...2 lines deleted...]
-        <v>100</v>
+        <v>14</v>
+      </c>
+      <c r="S42" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="T42">
+        <v>0</v>
       </c>
       <c r="V42">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="W42">
-        <v>8</v>
-[...1 lines deleted...]
-      <c r="Z42" t="s">
+        <v>14</v>
+      </c>
+      <c r="Z42" s="2" t="s">
+        <v>175</v>
+      </c>
+      <c r="AA42" s="2">
+        <v>44232</v>
+      </c>
+      <c r="AB42" s="2">
+        <v>44951</v>
+      </c>
+    </row>
+    <row r="43" spans="1:28" x14ac:dyDescent="0.35">
+      <c r="A43" t="s">
+        <v>28</v>
+      </c>
+      <c r="B43" t="s">
+        <v>29</v>
+      </c>
+      <c r="C43" t="s">
         <v>107</v>
       </c>
-      <c r="AA42" s="1">
-[...15 lines deleted...]
-        <v>53</v>
+      <c r="E43" s="1" t="s">
+        <v>123</v>
       </c>
       <c r="F43" t="s">
         <v>30</v>
       </c>
       <c r="G43" t="s">
         <v>31</v>
       </c>
       <c r="H43">
-        <v>500533</v>
+        <v>502549</v>
       </c>
       <c r="I43">
-        <v>171259</v>
+        <v>168780</v>
       </c>
       <c r="J43">
-        <v>0.08</v>
+        <v>1.46</v>
       </c>
       <c r="K43" t="s">
         <v>32</v>
       </c>
       <c r="L43" t="s">
         <v>33</v>
       </c>
       <c r="M43" t="s">
-        <v>34</v>
-[...5 lines deleted...]
-        <v>43475</v>
+        <v>37</v>
       </c>
       <c r="P43" t="s">
         <v>30</v>
       </c>
       <c r="R43">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>52</v>
+        <v>20</v>
       </c>
       <c r="T43">
         <v>0</v>
       </c>
       <c r="V43">
-        <v>14</v>
+        <v>20</v>
       </c>
       <c r="W43">
-        <v>14</v>
-[...4 lines deleted...]
-      <c r="AA43" s="1">
+        <v>20</v>
+      </c>
+      <c r="AA43" s="2">
+        <v>43133</v>
+      </c>
+      <c r="AB43" s="2">
         <v>44232</v>
       </c>
-      <c r="AB43" s="1">
-[...3 lines deleted...]
-    <row r="44" spans="1:28" x14ac:dyDescent="0.3">
+    </row>
+    <row r="44" spans="1:28" x14ac:dyDescent="0.35">
       <c r="A44" t="s">
         <v>28</v>
       </c>
       <c r="B44" t="s">
         <v>29</v>
       </c>
       <c r="C44" t="s">
-        <v>122</v>
-[...2 lines deleted...]
-        <v>142</v>
+        <v>126</v>
+      </c>
+      <c r="E44" s="1" t="s">
+        <v>127</v>
       </c>
       <c r="F44" t="s">
         <v>30</v>
       </c>
       <c r="G44" t="s">
         <v>31</v>
       </c>
       <c r="H44">
-        <v>502549</v>
+        <v>500987</v>
       </c>
       <c r="I44">
-        <v>168780</v>
+        <v>171173</v>
       </c>
       <c r="J44">
-        <v>1.46</v>
+        <v>0.26</v>
       </c>
       <c r="K44" t="s">
         <v>32</v>
       </c>
       <c r="L44" t="s">
         <v>33</v>
       </c>
       <c r="M44" t="s">
-        <v>37</v>
+        <v>34</v>
+      </c>
+      <c r="N44" t="s">
+        <v>50</v>
+      </c>
+      <c r="O44" s="2">
+        <v>44222</v>
       </c>
       <c r="P44" t="s">
         <v>30</v>
       </c>
       <c r="R44">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>29</v>
+      </c>
+      <c r="S44" s="1" t="s">
+        <v>128</v>
       </c>
       <c r="V44">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="W44">
-        <v>20</v>
-[...8 lines deleted...]
-    <row r="45" spans="1:28" x14ac:dyDescent="0.3">
+        <v>29</v>
+      </c>
+      <c r="Z44" t="s">
+        <v>129</v>
+      </c>
+      <c r="AA44" s="2">
+        <v>44368</v>
+      </c>
+      <c r="AB44" s="2"/>
+    </row>
+    <row r="45" spans="1:28" ht="29" x14ac:dyDescent="0.35">
       <c r="A45" t="s">
         <v>28</v>
       </c>
       <c r="B45" t="s">
         <v>29</v>
       </c>
       <c r="C45" t="s">
-        <v>147</v>
-[...2 lines deleted...]
-        <v>148</v>
+        <v>130</v>
+      </c>
+      <c r="E45" s="1" t="s">
+        <v>131</v>
       </c>
       <c r="F45" t="s">
         <v>30</v>
       </c>
       <c r="G45" t="s">
         <v>31</v>
       </c>
       <c r="H45">
-        <v>500987</v>
+        <v>503392</v>
       </c>
       <c r="I45">
-        <v>171173</v>
+        <v>167133</v>
       </c>
       <c r="J45">
-        <v>0.26</v>
+        <v>0.37</v>
       </c>
       <c r="K45" t="s">
         <v>32</v>
       </c>
       <c r="L45" t="s">
         <v>33</v>
       </c>
       <c r="M45" t="s">
         <v>34</v>
       </c>
       <c r="N45" t="s">
         <v>50</v>
       </c>
-      <c r="O45" s="1">
-        <v>44222</v>
+      <c r="O45" s="2">
+        <v>44356</v>
       </c>
       <c r="P45" t="s">
         <v>30</v>
       </c>
       <c r="R45">
-        <v>29</v>
-[...2 lines deleted...]
-        <v>149</v>
+        <v>9</v>
+      </c>
+      <c r="S45" s="3" t="s">
+        <v>132</v>
       </c>
       <c r="V45">
-        <v>29</v>
+        <v>9</v>
       </c>
       <c r="W45">
-        <v>29</v>
+        <v>9</v>
       </c>
       <c r="Z45" t="s">
-        <v>153</v>
-[...1 lines deleted...]
-      <c r="AA45" s="1">
+        <v>239</v>
+      </c>
+      <c r="AA45" s="2">
         <v>44368</v>
       </c>
-      <c r="AB45" s="1"/>
-[...1 lines deleted...]
-    <row r="46" spans="1:28" x14ac:dyDescent="0.3">
+      <c r="AB45" s="2">
+        <v>45281</v>
+      </c>
+    </row>
+    <row r="46" spans="1:28" x14ac:dyDescent="0.35">
       <c r="A46" t="s">
         <v>28</v>
       </c>
       <c r="B46" t="s">
         <v>29</v>
       </c>
       <c r="C46" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-        <v>151</v>
+        <v>133</v>
+      </c>
+      <c r="E46" s="1" t="s">
+        <v>134</v>
       </c>
       <c r="F46" t="s">
         <v>30</v>
       </c>
       <c r="G46" t="s">
         <v>31</v>
       </c>
       <c r="H46">
-        <v>503706</v>
+        <v>500011</v>
       </c>
       <c r="I46">
-        <v>161637</v>
+        <v>171833</v>
       </c>
       <c r="J46">
-        <v>0.25</v>
+        <v>1.72</v>
       </c>
       <c r="K46" t="s">
         <v>32</v>
       </c>
       <c r="L46" t="s">
         <v>33</v>
       </c>
       <c r="M46" t="s">
-        <v>34</v>
-[...6 lines deleted...]
-      </c>
+        <v>37</v>
+      </c>
+      <c r="O46" s="2"/>
       <c r="P46" t="s">
         <v>30</v>
       </c>
       <c r="R46">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>152</v>
+        <v>43</v>
       </c>
       <c r="V46">
-        <v>2</v>
+        <v>43</v>
       </c>
       <c r="W46">
-        <v>2</v>
-[...9 lines deleted...]
-    <row r="47" spans="1:28" x14ac:dyDescent="0.3">
+        <v>43</v>
+      </c>
+      <c r="AA46" s="2">
+        <v>44596</v>
+      </c>
+      <c r="AB46" s="2">
+        <v>44951</v>
+      </c>
+    </row>
+    <row r="47" spans="1:28" ht="29" x14ac:dyDescent="0.35">
       <c r="A47" t="s">
         <v>28</v>
       </c>
       <c r="B47" t="s">
         <v>29</v>
       </c>
       <c r="C47" t="s">
-        <v>155</v>
-[...2 lines deleted...]
-        <v>156</v>
+        <v>135</v>
+      </c>
+      <c r="E47" s="9" t="s">
+        <v>136</v>
       </c>
       <c r="F47" t="s">
         <v>30</v>
       </c>
       <c r="G47" t="s">
         <v>31</v>
       </c>
       <c r="H47">
-        <v>503392</v>
+        <v>505391</v>
       </c>
       <c r="I47">
-        <v>167133</v>
+        <v>162938</v>
       </c>
       <c r="J47">
-        <v>0.37</v>
+        <v>0.06</v>
       </c>
       <c r="K47" t="s">
         <v>32</v>
       </c>
       <c r="L47" t="s">
         <v>33</v>
       </c>
       <c r="M47" t="s">
         <v>34</v>
       </c>
       <c r="N47" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>44356</v>
+        <v>36</v>
+      </c>
+      <c r="O47" s="2">
+        <v>44188</v>
       </c>
       <c r="P47" t="s">
         <v>30</v>
       </c>
       <c r="R47">
-        <v>31</v>
-[...2 lines deleted...]
-        <v>157</v>
+        <v>7</v>
+      </c>
+      <c r="S47" s="3" t="s">
+        <v>137</v>
       </c>
       <c r="V47">
-        <v>31</v>
+        <v>7</v>
       </c>
       <c r="W47">
-        <v>40</v>
+        <v>7</v>
       </c>
       <c r="Z47" t="s">
-        <v>238</v>
-[...1 lines deleted...]
-      <c r="AA47" s="1">
+        <v>138</v>
+      </c>
+      <c r="AA47" s="2">
         <v>44368</v>
       </c>
-      <c r="AB47" s="1">
-[...3 lines deleted...]
-    <row r="48" spans="1:28" x14ac:dyDescent="0.3">
+      <c r="AB47" s="2"/>
+    </row>
+    <row r="48" spans="1:28" x14ac:dyDescent="0.35">
       <c r="A48" t="s">
         <v>28</v>
       </c>
       <c r="B48" t="s">
         <v>29</v>
       </c>
       <c r="C48" t="s">
-        <v>158</v>
-[...2 lines deleted...]
-        <v>159</v>
+        <v>139</v>
+      </c>
+      <c r="E48" s="1" t="s">
+        <v>140</v>
       </c>
       <c r="F48" t="s">
         <v>30</v>
       </c>
       <c r="G48" t="s">
         <v>31</v>
       </c>
       <c r="H48">
-        <v>498985</v>
+        <v>503851</v>
       </c>
       <c r="I48">
-        <v>172288</v>
+        <v>166336</v>
       </c>
       <c r="J48">
-        <v>0.47</v>
+        <v>0.23</v>
       </c>
       <c r="K48" t="s">
         <v>32</v>
       </c>
       <c r="L48" t="s">
         <v>33</v>
       </c>
       <c r="M48" t="s">
-        <v>34</v>
-[...5 lines deleted...]
-        <v>43503</v>
+        <v>37</v>
       </c>
       <c r="P48" t="s">
         <v>30</v>
       </c>
       <c r="R48">
-        <v>1</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="S48" s="3"/>
       <c r="V48">
-        <v>1</v>
+        <v>48</v>
       </c>
       <c r="W48">
-        <v>1</v>
+        <v>48</v>
       </c>
       <c r="Z48" t="s">
-        <v>210</v>
-[...1 lines deleted...]
-      <c r="AA48" s="1">
+        <v>202</v>
+      </c>
+      <c r="AA48" s="2">
         <v>44368</v>
       </c>
-      <c r="AB48" s="1">
+      <c r="AB48" s="2">
         <v>44951</v>
       </c>
     </row>
-    <row r="49" spans="1:28" x14ac:dyDescent="0.3">
+    <row r="49" spans="1:28" x14ac:dyDescent="0.35">
       <c r="A49" t="s">
         <v>28</v>
       </c>
       <c r="B49" t="s">
         <v>29</v>
       </c>
       <c r="C49" t="s">
-        <v>161</v>
-[...2 lines deleted...]
-        <v>162</v>
+        <v>145</v>
+      </c>
+      <c r="E49" s="1" t="s">
+        <v>146</v>
       </c>
       <c r="F49" t="s">
         <v>30</v>
       </c>
       <c r="G49" t="s">
         <v>31</v>
       </c>
       <c r="H49">
-        <v>500011</v>
+        <v>498737</v>
       </c>
       <c r="I49">
-        <v>171833</v>
+        <v>170645</v>
       </c>
       <c r="J49">
-        <v>1.72</v>
+        <v>0.04</v>
       </c>
       <c r="K49" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="L49" t="s">
         <v>33</v>
       </c>
       <c r="M49" t="s">
         <v>37</v>
       </c>
-      <c r="O49" s="1"/>
       <c r="P49" t="s">
         <v>30</v>
       </c>
       <c r="R49">
-        <v>43</v>
-      </c>
+        <v>6</v>
+      </c>
+      <c r="S49" s="3"/>
       <c r="V49">
-        <v>43</v>
+        <v>6</v>
       </c>
       <c r="W49">
-        <v>43</v>
-[...4 lines deleted...]
-      <c r="AB49" s="1">
+        <v>6</v>
+      </c>
+      <c r="Z49" t="s">
+        <v>215</v>
+      </c>
+      <c r="AA49" s="2">
+        <v>44504</v>
+      </c>
+      <c r="AB49" s="2">
         <v>44951</v>
       </c>
     </row>
-    <row r="50" spans="1:28" x14ac:dyDescent="0.3">
+    <row r="50" spans="1:28" x14ac:dyDescent="0.35">
       <c r="A50" t="s">
         <v>28</v>
       </c>
       <c r="B50" t="s">
         <v>29</v>
       </c>
       <c r="C50" t="s">
-        <v>90</v>
-[...2 lines deleted...]
-        <v>189</v>
+        <v>147</v>
+      </c>
+      <c r="E50" s="10" t="s">
+        <v>148</v>
       </c>
       <c r="F50" t="s">
         <v>30</v>
       </c>
       <c r="G50" t="s">
         <v>31</v>
       </c>
       <c r="H50">
-        <v>498895</v>
+        <v>502895</v>
       </c>
       <c r="I50">
-        <v>171354</v>
+        <v>171558</v>
       </c>
       <c r="J50">
-        <v>0.34</v>
+        <v>0.11</v>
       </c>
       <c r="K50" t="s">
         <v>32</v>
       </c>
       <c r="L50" t="s">
         <v>33</v>
       </c>
       <c r="M50" t="s">
         <v>34</v>
       </c>
       <c r="N50" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-        <v>43847</v>
+        <v>50</v>
+      </c>
+      <c r="O50" s="2">
+        <v>44511</v>
       </c>
       <c r="P50" t="s">
         <v>30</v>
       </c>
       <c r="R50">
-        <v>10</v>
-[...2 lines deleted...]
-        <v>54</v>
+        <v>24</v>
+      </c>
+      <c r="S50" s="3" t="s">
+        <v>149</v>
       </c>
       <c r="T50">
         <v>0</v>
       </c>
       <c r="V50">
-        <v>10</v>
+        <v>24</v>
       </c>
       <c r="W50">
-        <v>10</v>
-[...11 lines deleted...]
-    <row r="51" spans="1:28" x14ac:dyDescent="0.3">
+        <v>24</v>
+      </c>
+      <c r="Z50" s="11" t="s">
+        <v>150</v>
+      </c>
+      <c r="AA50" s="2">
+        <v>44516</v>
+      </c>
+      <c r="AB50" s="2"/>
+    </row>
+    <row r="51" spans="1:28" ht="28.5" x14ac:dyDescent="0.35">
       <c r="A51" t="s">
         <v>28</v>
       </c>
       <c r="B51" t="s">
         <v>29</v>
       </c>
       <c r="C51" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-        <v>195</v>
+        <v>203</v>
+      </c>
+      <c r="E51" s="10" t="s">
+        <v>204</v>
       </c>
       <c r="F51" t="s">
         <v>30</v>
       </c>
       <c r="G51" t="s">
         <v>31</v>
       </c>
       <c r="H51">
-        <v>498075</v>
+        <v>504080</v>
       </c>
       <c r="I51">
-        <v>165821</v>
+        <v>166447</v>
       </c>
       <c r="J51">
-        <v>28</v>
+        <v>2</v>
       </c>
       <c r="K51" t="s">
         <v>32</v>
       </c>
       <c r="L51" t="s">
         <v>33</v>
       </c>
       <c r="M51" t="s">
         <v>34</v>
       </c>
       <c r="N51" t="s">
-        <v>51</v>
-[...2 lines deleted...]
-        <v>41863</v>
+        <v>50</v>
+      </c>
+      <c r="O51" s="2">
+        <v>44791</v>
       </c>
       <c r="P51" t="s">
         <v>30</v>
       </c>
       <c r="R51">
-        <v>1700</v>
-[...5 lines deleted...]
-        <v>64</v>
+        <v>49</v>
+      </c>
+      <c r="S51" s="4" t="s">
+        <v>221</v>
       </c>
       <c r="V51">
-        <v>1700</v>
+        <v>49</v>
       </c>
       <c r="W51">
-        <v>1700</v>
-[...11 lines deleted...]
-    <row r="52" spans="1:28" x14ac:dyDescent="0.3">
+        <v>49</v>
+      </c>
+      <c r="Z51" s="11" t="s">
+        <v>220</v>
+      </c>
+      <c r="AA51" s="2">
+        <v>44951</v>
+      </c>
+      <c r="AB51" s="2"/>
+    </row>
+    <row r="52" spans="1:28" ht="29" x14ac:dyDescent="0.35">
       <c r="A52" t="s">
         <v>28</v>
       </c>
       <c r="B52" t="s">
         <v>29</v>
       </c>
       <c r="C52" t="s">
-        <v>163</v>
-[...2 lines deleted...]
-        <v>164</v>
+        <v>141</v>
+      </c>
+      <c r="E52" s="1" t="s">
+        <v>142</v>
       </c>
       <c r="F52" t="s">
         <v>30</v>
       </c>
       <c r="G52" t="s">
         <v>31</v>
       </c>
       <c r="H52">
-        <v>505391</v>
+        <v>505758</v>
       </c>
       <c r="I52">
-        <v>162938</v>
+        <v>165076</v>
       </c>
       <c r="J52">
-        <v>0.06</v>
+        <v>1.05</v>
       </c>
       <c r="K52" t="s">
         <v>32</v>
       </c>
       <c r="L52" t="s">
         <v>33</v>
       </c>
       <c r="M52" t="s">
         <v>34</v>
       </c>
       <c r="N52" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-        <v>44188</v>
+        <v>50</v>
       </c>
       <c r="P52" t="s">
         <v>30</v>
       </c>
       <c r="R52">
-        <v>7</v>
-[...2 lines deleted...]
-        <v>165</v>
+        <v>68</v>
+      </c>
+      <c r="S52" s="3" t="s">
+        <v>243</v>
       </c>
       <c r="V52">
-        <v>7</v>
+        <v>68</v>
       </c>
       <c r="W52">
-        <v>7</v>
+        <v>106</v>
       </c>
       <c r="Z52" t="s">
-        <v>166</v>
-[...6 lines deleted...]
-    <row r="53" spans="1:28" x14ac:dyDescent="0.3">
+        <v>153</v>
+      </c>
+      <c r="AA52" s="2">
+        <v>44462</v>
+      </c>
+      <c r="AB52" s="2">
+        <v>45280</v>
+      </c>
+    </row>
+    <row r="53" spans="1:28" x14ac:dyDescent="0.35">
       <c r="A53" t="s">
         <v>28</v>
       </c>
       <c r="B53" t="s">
         <v>29</v>
       </c>
       <c r="C53" t="s">
-        <v>167</v>
-[...2 lines deleted...]
-        <v>168</v>
+        <v>143</v>
+      </c>
+      <c r="E53" s="3" t="s">
+        <v>144</v>
       </c>
       <c r="F53" t="s">
         <v>30</v>
       </c>
       <c r="G53" t="s">
         <v>31</v>
       </c>
       <c r="H53">
-        <v>503851</v>
+        <v>504339</v>
       </c>
       <c r="I53">
-        <v>166336</v>
+        <v>166958</v>
       </c>
       <c r="J53">
-        <v>0.23</v>
+        <v>0.17</v>
       </c>
       <c r="K53" t="s">
         <v>32</v>
       </c>
       <c r="L53" t="s">
         <v>33</v>
       </c>
       <c r="M53" t="s">
         <v>37</v>
       </c>
       <c r="P53" t="s">
         <v>30</v>
       </c>
       <c r="R53">
-        <v>48</v>
-      </c>
+        <v>10</v>
+      </c>
+      <c r="S53" s="3"/>
       <c r="V53">
-        <v>48</v>
+        <v>10</v>
       </c>
       <c r="W53">
-        <v>48</v>
+        <v>10</v>
       </c>
       <c r="Z53" t="s">
-        <v>239</v>
-[...4 lines deleted...]
-      <c r="AB53" s="1">
+        <v>205</v>
+      </c>
+      <c r="AA53" s="2">
+        <v>44439</v>
+      </c>
+      <c r="AB53" s="2">
         <v>44951</v>
       </c>
     </row>
-    <row r="54" spans="1:28" x14ac:dyDescent="0.3">
+    <row r="54" spans="1:28" x14ac:dyDescent="0.35">
       <c r="A54" t="s">
         <v>28</v>
       </c>
       <c r="B54" t="s">
         <v>29</v>
       </c>
       <c r="C54" t="s">
-        <v>173</v>
-[...2 lines deleted...]
-        <v>174</v>
+        <v>155</v>
+      </c>
+      <c r="E54" s="1" t="s">
+        <v>156</v>
       </c>
       <c r="F54" t="s">
         <v>30</v>
       </c>
       <c r="G54" t="s">
         <v>31</v>
       </c>
       <c r="H54">
-        <v>498737</v>
+        <v>503850</v>
       </c>
       <c r="I54">
-        <v>170645</v>
+        <v>166420</v>
       </c>
       <c r="J54">
-        <v>0.04</v>
+        <v>7.0000000000000007E-2</v>
       </c>
       <c r="K54" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="L54" t="s">
         <v>33</v>
       </c>
       <c r="M54" t="s">
         <v>37</v>
       </c>
       <c r="P54" t="s">
         <v>30</v>
       </c>
       <c r="R54">
-        <v>6</v>
-      </c>
+        <v>12</v>
+      </c>
+      <c r="S54" s="3"/>
       <c r="V54">
-        <v>6</v>
+        <v>12</v>
       </c>
       <c r="W54">
-        <v>6</v>
-[...11 lines deleted...]
-    <row r="55" spans="1:28" x14ac:dyDescent="0.3">
+        <v>16</v>
+      </c>
+      <c r="AA54" s="2">
+        <v>44529</v>
+      </c>
+    </row>
+    <row r="55" spans="1:28" x14ac:dyDescent="0.35">
       <c r="A55" t="s">
         <v>28</v>
       </c>
       <c r="B55" t="s">
         <v>29</v>
       </c>
       <c r="C55" t="s">
-        <v>175</v>
-[...1 lines deleted...]
-      <c r="E55" s="3" t="s">
         <v>176</v>
+      </c>
+      <c r="E55" s="1" t="s">
+        <v>177</v>
       </c>
       <c r="F55" t="s">
         <v>30</v>
       </c>
       <c r="G55" t="s">
         <v>31</v>
       </c>
       <c r="H55">
-        <v>502895</v>
+        <v>504188</v>
       </c>
       <c r="I55">
-        <v>171558</v>
+        <v>166640</v>
       </c>
       <c r="J55">
-        <v>0.11</v>
+        <v>0.22</v>
       </c>
       <c r="K55" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="L55" t="s">
         <v>33</v>
       </c>
       <c r="M55" t="s">
-        <v>34</v>
-[...5 lines deleted...]
-        <v>44511</v>
+        <v>37</v>
       </c>
       <c r="P55" t="s">
         <v>30</v>
       </c>
       <c r="R55">
-        <v>24</v>
-[...6 lines deleted...]
-      </c>
+        <v>23</v>
+      </c>
+      <c r="S55" s="3"/>
       <c r="V55">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="W55">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="Z55" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="AA55" s="2">
+        <v>44951</v>
+      </c>
+    </row>
+    <row r="56" spans="1:28" x14ac:dyDescent="0.35">
+      <c r="A56" t="s">
+        <v>28</v>
+      </c>
+      <c r="B56" t="s">
+        <v>29</v>
+      </c>
+      <c r="C56" t="s">
         <v>178</v>
       </c>
-      <c r="AA55" s="1">
-[...15 lines deleted...]
-        <v>241</v>
+      <c r="E56" s="1" t="s">
+        <v>179</v>
       </c>
       <c r="F56" t="s">
         <v>30</v>
       </c>
       <c r="G56" t="s">
         <v>31</v>
       </c>
       <c r="H56">
-        <v>504080</v>
+        <v>500575</v>
       </c>
       <c r="I56">
-        <v>166447</v>
+        <v>171356</v>
       </c>
       <c r="J56">
-        <v>2</v>
+        <v>0.2</v>
       </c>
       <c r="K56" t="s">
         <v>32</v>
       </c>
       <c r="L56" t="s">
         <v>33</v>
       </c>
       <c r="M56" t="s">
         <v>37</v>
       </c>
-      <c r="O56" s="1"/>
       <c r="P56" t="s">
         <v>30</v>
       </c>
       <c r="R56">
-        <v>49</v>
-      </c>
+        <v>5</v>
+      </c>
+      <c r="S56" s="3"/>
       <c r="V56">
-        <v>49</v>
+        <v>5</v>
       </c>
       <c r="W56">
-        <v>49</v>
-[...4 lines deleted...]
-      <c r="AA56" s="1">
+        <v>7</v>
+      </c>
+      <c r="AA56" s="2">
         <v>44951</v>
       </c>
-      <c r="AB56" s="1"/>
-[...1 lines deleted...]
-    <row r="57" spans="1:28" x14ac:dyDescent="0.3">
+    </row>
+    <row r="57" spans="1:28" ht="29" x14ac:dyDescent="0.35">
       <c r="A57" t="s">
         <v>28</v>
       </c>
       <c r="B57" t="s">
         <v>29</v>
       </c>
       <c r="C57" t="s">
-        <v>169</v>
-[...2 lines deleted...]
-        <v>170</v>
+        <v>180</v>
+      </c>
+      <c r="E57" s="1" t="s">
+        <v>181</v>
       </c>
       <c r="F57" t="s">
         <v>30</v>
       </c>
       <c r="G57" t="s">
         <v>31</v>
       </c>
       <c r="H57">
-        <v>505758</v>
+        <v>502267</v>
       </c>
       <c r="I57">
-        <v>165076</v>
+        <v>165512</v>
       </c>
       <c r="J57">
-        <v>1.05</v>
+        <v>2.04</v>
       </c>
       <c r="K57" t="s">
         <v>32</v>
       </c>
       <c r="L57" t="s">
         <v>33</v>
       </c>
       <c r="M57" t="s">
         <v>34</v>
       </c>
+      <c r="N57" t="s">
+        <v>36</v>
+      </c>
+      <c r="O57" s="2">
+        <v>44643</v>
+      </c>
       <c r="P57" t="s">
         <v>30</v>
       </c>
       <c r="R57">
-        <v>106</v>
+        <v>25</v>
+      </c>
+      <c r="S57" s="3" t="s">
+        <v>183</v>
       </c>
       <c r="V57">
-        <v>106</v>
+        <v>25</v>
       </c>
       <c r="W57">
-        <v>106</v>
+        <v>25</v>
       </c>
       <c r="Z57" t="s">
-        <v>181</v>
-[...5 lines deleted...]
-    <row r="58" spans="1:28" x14ac:dyDescent="0.3">
+        <v>182</v>
+      </c>
+      <c r="AA57" s="2">
+        <v>44951</v>
+      </c>
+    </row>
+    <row r="58" spans="1:28" x14ac:dyDescent="0.35">
       <c r="A58" t="s">
         <v>28</v>
       </c>
       <c r="B58" t="s">
         <v>29</v>
       </c>
       <c r="C58" t="s">
-        <v>171</v>
-[...2 lines deleted...]
-        <v>172</v>
+        <v>184</v>
+      </c>
+      <c r="E58" s="1" t="s">
+        <v>185</v>
       </c>
       <c r="F58" t="s">
         <v>30</v>
       </c>
       <c r="G58" t="s">
         <v>31</v>
       </c>
       <c r="H58">
-        <v>504339</v>
+        <v>500756</v>
       </c>
       <c r="I58">
-        <v>166958</v>
+        <v>170876</v>
       </c>
       <c r="J58">
-        <v>0.17</v>
+        <v>0.1</v>
       </c>
       <c r="K58" t="s">
         <v>32</v>
       </c>
       <c r="L58" t="s">
         <v>33</v>
       </c>
       <c r="M58" t="s">
-        <v>37</v>
+        <v>34</v>
+      </c>
+      <c r="N58" t="s">
+        <v>36</v>
+      </c>
+      <c r="O58" s="2">
+        <v>44813</v>
       </c>
       <c r="P58" t="s">
         <v>30</v>
       </c>
       <c r="R58">
-        <v>10</v>
+        <v>7</v>
+      </c>
+      <c r="S58" s="3" t="s">
+        <v>244</v>
       </c>
       <c r="V58">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="W58">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="Z58" t="s">
-        <v>243</v>
-[...4 lines deleted...]
-      <c r="AB58" s="1">
+        <v>186</v>
+      </c>
+      <c r="AA58" s="2">
         <v>44951</v>
       </c>
     </row>
-    <row r="59" spans="1:28" x14ac:dyDescent="0.3">
+    <row r="59" spans="1:28" ht="29" x14ac:dyDescent="0.35">
       <c r="A59" t="s">
         <v>28</v>
       </c>
       <c r="B59" t="s">
         <v>29</v>
       </c>
       <c r="C59" t="s">
-        <v>183</v>
-[...2 lines deleted...]
-        <v>184</v>
+        <v>187</v>
+      </c>
+      <c r="E59" s="1" t="s">
+        <v>188</v>
       </c>
       <c r="F59" t="s">
         <v>30</v>
       </c>
       <c r="G59" t="s">
         <v>31</v>
       </c>
       <c r="H59">
-        <v>503850</v>
+        <v>499514</v>
       </c>
       <c r="I59">
-        <v>166420</v>
+        <v>172118</v>
       </c>
       <c r="J59">
-        <v>7.0000000000000007E-2</v>
+        <v>0.56000000000000005</v>
       </c>
       <c r="K59" t="s">
         <v>32</v>
       </c>
       <c r="L59" t="s">
         <v>33</v>
       </c>
       <c r="M59" t="s">
-        <v>37</v>
+        <v>34</v>
+      </c>
+      <c r="N59" t="s">
+        <v>36</v>
+      </c>
+      <c r="O59" s="2">
+        <v>44239</v>
       </c>
       <c r="P59" t="s">
         <v>30</v>
       </c>
       <c r="R59">
-        <v>12</v>
+        <v>9</v>
+      </c>
+      <c r="S59" s="3" t="s">
+        <v>245</v>
       </c>
       <c r="V59">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="W59">
-        <v>16</v>
-[...5 lines deleted...]
-    <row r="60" spans="1:28" x14ac:dyDescent="0.3">
+        <v>9</v>
+      </c>
+      <c r="Z59" t="s">
+        <v>189</v>
+      </c>
+      <c r="AA59" s="2">
+        <v>44951</v>
+      </c>
+    </row>
+    <row r="60" spans="1:28" ht="29" x14ac:dyDescent="0.35">
       <c r="A60" t="s">
         <v>28</v>
       </c>
       <c r="B60" t="s">
         <v>29</v>
       </c>
       <c r="C60" t="s">
-        <v>198</v>
-[...2 lines deleted...]
-        <v>197</v>
+        <v>192</v>
+      </c>
+      <c r="E60" s="1" t="s">
+        <v>190</v>
       </c>
       <c r="F60" t="s">
         <v>30</v>
       </c>
       <c r="G60" t="s">
         <v>31</v>
       </c>
       <c r="H60">
-        <v>500764</v>
+        <v>504104</v>
       </c>
       <c r="I60">
-        <v>165638</v>
+        <v>166790</v>
       </c>
       <c r="J60">
-        <v>0.36</v>
+        <v>7.0000000000000007E-2</v>
       </c>
       <c r="K60" t="s">
         <v>32</v>
       </c>
       <c r="L60" t="s">
         <v>33</v>
       </c>
       <c r="M60" t="s">
-        <v>37</v>
+        <v>34</v>
+      </c>
+      <c r="N60" t="s">
+        <v>50</v>
+      </c>
+      <c r="O60" s="2">
+        <v>44382</v>
       </c>
       <c r="P60" t="s">
         <v>30</v>
       </c>
       <c r="R60">
-        <v>1</v>
+        <v>8</v>
+      </c>
+      <c r="S60" s="3" t="s">
+        <v>246</v>
       </c>
       <c r="V60">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="W60">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="Z60" t="s">
-        <v>196</v>
-[...8 lines deleted...]
-    <row r="61" spans="1:28" x14ac:dyDescent="0.3">
+        <v>191</v>
+      </c>
+      <c r="AA60" s="2">
+        <v>44951</v>
+      </c>
+    </row>
+    <row r="61" spans="1:28" ht="29" x14ac:dyDescent="0.35">
       <c r="A61" t="s">
         <v>28</v>
       </c>
       <c r="B61" t="s">
         <v>29</v>
       </c>
       <c r="C61" t="s">
-        <v>234</v>
-[...2 lines deleted...]
-        <v>235</v>
+        <v>193</v>
+      </c>
+      <c r="E61" s="1" t="s">
+        <v>195</v>
       </c>
       <c r="F61" t="s">
         <v>30</v>
       </c>
       <c r="G61" t="s">
         <v>31</v>
       </c>
       <c r="H61">
-        <v>505484</v>
+        <v>504071</v>
       </c>
       <c r="I61">
-        <v>165313</v>
+        <v>167037</v>
       </c>
       <c r="J61">
-        <v>2.1</v>
+        <v>0.34</v>
       </c>
       <c r="K61" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="L61" t="s">
         <v>33</v>
       </c>
       <c r="M61" t="s">
-        <v>37</v>
+        <v>34</v>
+      </c>
+      <c r="N61" t="s">
+        <v>50</v>
+      </c>
+      <c r="O61" s="2">
+        <v>44879</v>
       </c>
       <c r="P61" t="s">
         <v>30</v>
       </c>
       <c r="R61">
-        <v>40</v>
+        <v>16</v>
+      </c>
+      <c r="S61" s="3" t="s">
+        <v>247</v>
       </c>
       <c r="V61">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="W61">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="Z61" t="s">
-        <v>236</v>
-[...1 lines deleted...]
-      <c r="AA61" s="1">
+        <v>194</v>
+      </c>
+      <c r="AA61" s="2">
         <v>44951</v>
       </c>
-      <c r="AB61" s="1"/>
-[...1 lines deleted...]
-    <row r="62" spans="1:28" x14ac:dyDescent="0.3">
+    </row>
+    <row r="62" spans="1:28" x14ac:dyDescent="0.35">
       <c r="A62" t="s">
         <v>28</v>
       </c>
       <c r="B62" t="s">
         <v>29</v>
       </c>
       <c r="C62" t="s">
-        <v>211</v>
-[...2 lines deleted...]
-        <v>212</v>
+        <v>196</v>
+      </c>
+      <c r="E62" s="1" t="s">
+        <v>197</v>
       </c>
       <c r="F62" t="s">
         <v>30</v>
       </c>
       <c r="G62" t="s">
         <v>31</v>
       </c>
       <c r="H62">
-        <v>504188</v>
+        <v>504602</v>
       </c>
       <c r="I62">
-        <v>166640</v>
+        <v>166690</v>
       </c>
       <c r="J62">
-        <v>0.22</v>
+        <v>0.15</v>
       </c>
       <c r="K62" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="L62" t="s">
         <v>33</v>
       </c>
       <c r="M62" t="s">
         <v>37</v>
       </c>
       <c r="P62" t="s">
         <v>30</v>
       </c>
       <c r="R62">
-        <v>23</v>
+        <v>8</v>
       </c>
       <c r="V62">
-        <v>23</v>
+        <v>8</v>
       </c>
       <c r="W62">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="AA62" s="1">
+        <v>8</v>
+      </c>
+      <c r="Z62" t="s">
+        <v>198</v>
+      </c>
+      <c r="AA62" s="2">
         <v>44951</v>
       </c>
     </row>
-    <row r="63" spans="1:28" x14ac:dyDescent="0.3">
+    <row r="63" spans="1:28" x14ac:dyDescent="0.35">
       <c r="A63" t="s">
         <v>28</v>
       </c>
       <c r="B63" t="s">
         <v>29</v>
       </c>
       <c r="C63" t="s">
-        <v>213</v>
-[...2 lines deleted...]
-        <v>214</v>
+        <v>88</v>
+      </c>
+      <c r="E63" s="1" t="s">
+        <v>160</v>
       </c>
       <c r="F63" t="s">
         <v>30</v>
       </c>
       <c r="G63" t="s">
         <v>31</v>
       </c>
       <c r="H63">
-        <v>500575</v>
+        <v>498895</v>
       </c>
       <c r="I63">
-        <v>171356</v>
+        <v>171354</v>
       </c>
       <c r="J63">
-        <v>0.2</v>
+        <v>0.34</v>
       </c>
       <c r="K63" t="s">
         <v>32</v>
       </c>
       <c r="L63" t="s">
         <v>33</v>
       </c>
       <c r="M63" t="s">
-        <v>37</v>
+        <v>34</v>
+      </c>
+      <c r="N63" t="s">
+        <v>36</v>
+      </c>
+      <c r="O63" s="2">
+        <v>43847</v>
       </c>
       <c r="P63" t="s">
         <v>30</v>
       </c>
       <c r="R63">
-        <v>5</v>
+        <v>10</v>
+      </c>
+      <c r="S63" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="T63">
+        <v>0</v>
       </c>
       <c r="V63">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="W63">
-        <v>7</v>
-[...1 lines deleted...]
-      <c r="AA63" s="1">
+        <v>10</v>
+      </c>
+      <c r="Z63" t="s">
+        <v>212</v>
+      </c>
+      <c r="AA63" s="2">
+        <v>43133</v>
+      </c>
+      <c r="AB63" s="2">
         <v>44951</v>
       </c>
     </row>
-    <row r="64" spans="1:28" x14ac:dyDescent="0.3">
+    <row r="64" spans="1:28" ht="0.65" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A64" t="s">
         <v>28</v>
       </c>
       <c r="B64" t="s">
         <v>29</v>
       </c>
       <c r="C64" t="s">
-        <v>215</v>
-[...2 lines deleted...]
-        <v>216</v>
+        <v>92</v>
+      </c>
+      <c r="E64" s="1" t="s">
+        <v>166</v>
       </c>
       <c r="F64" t="s">
         <v>30</v>
       </c>
       <c r="G64" t="s">
         <v>31</v>
       </c>
       <c r="H64">
-        <v>502267</v>
+        <v>498075</v>
       </c>
       <c r="I64">
-        <v>165512</v>
+        <v>165821</v>
       </c>
       <c r="J64">
-        <v>2.04</v>
+        <v>28</v>
       </c>
       <c r="K64" t="s">
         <v>32</v>
       </c>
       <c r="L64" t="s">
         <v>33</v>
       </c>
       <c r="M64" t="s">
         <v>34</v>
       </c>
       <c r="N64" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-        <v>44643</v>
+        <v>51</v>
+      </c>
+      <c r="O64" s="2">
+        <v>41863</v>
       </c>
       <c r="P64" t="s">
         <v>30</v>
       </c>
       <c r="R64">
+        <v>1700</v>
+      </c>
+      <c r="S64" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="T64" t="s">
+        <v>64</v>
+      </c>
+      <c r="V64">
+        <v>1700</v>
+      </c>
+      <c r="W64">
+        <v>1700</v>
+      </c>
+      <c r="Z64" t="s">
+        <v>167</v>
+      </c>
+      <c r="AA64" s="2">
+        <v>43133</v>
+      </c>
+      <c r="AB64" s="2">
+        <v>44232</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="A1:AB64" xr:uid="{E714FAF8-C77F-45D6-A8F1-641CBBE0AE94}"/>
+  <phoneticPr fontId="20" type="noConversion"/>
+  <hyperlinks>
+    <hyperlink ref="A2" r:id="rId1" xr:uid="{4BE41E39-E9CB-4824-AB43-EF9ACACBC95C}"/>
+    <hyperlink ref="P6" r:id="rId2" xr:uid="{1FAFC25A-449D-42F9-ADD9-0DCD87232CEB}"/>
+  </hyperlinks>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId3"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{88BB505E-A685-4B14-9609-90B9640BBFC4}">
+  <dimension ref="A1:R9"/>
+  <sheetViews>
+    <sheetView workbookViewId="0">
+      <selection activeCell="E2" sqref="E2"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <cols>
+    <col min="2" max="2" width="17.90625" customWidth="1"/>
+    <col min="3" max="3" width="14.36328125" customWidth="1"/>
+    <col min="5" max="5" width="32.90625" customWidth="1"/>
+    <col min="6" max="6" width="14.08984375" bestFit="1" customWidth="1"/>
+    <col min="16" max="16" width="20.36328125" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:18" x14ac:dyDescent="0.35">
+      <c r="A1" s="7" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="7" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" s="7" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" s="8" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="G1" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="H1" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="I1" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="J1" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="K1" s="7" t="s">
+        <v>20</v>
+      </c>
+      <c r="L1" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="M1" s="7" t="s">
+        <v>22</v>
+      </c>
+      <c r="N1" s="7" t="s">
+        <v>23</v>
+      </c>
+      <c r="O1" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="P1" s="7" t="s">
         <v>25</v>
       </c>
-      <c r="S64" t="s">
+      <c r="Q1" s="7" t="s">
+        <v>26</v>
+      </c>
+      <c r="R1" s="7" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="2" spans="1:18" x14ac:dyDescent="0.35">
+      <c r="A2" s="15" t="s">
+        <v>28</v>
+      </c>
+      <c r="B2" s="16" t="s">
+        <v>29</v>
+      </c>
+      <c r="C2" s="16" t="s">
+        <v>248</v>
+      </c>
+      <c r="D2" s="16"/>
+      <c r="E2" s="17" t="s">
+        <v>228</v>
+      </c>
+      <c r="F2" s="18">
+        <v>45203</v>
+      </c>
+      <c r="G2" s="16" t="s">
+        <v>30</v>
+      </c>
+      <c r="H2" s="16"/>
+      <c r="I2" s="16">
+        <v>10</v>
+      </c>
+      <c r="J2" s="16"/>
+      <c r="K2" s="16"/>
+      <c r="L2" s="16">
+        <v>10</v>
+      </c>
+      <c r="M2" s="16">
+        <v>10</v>
+      </c>
+      <c r="N2" s="16"/>
+      <c r="O2" s="16"/>
+      <c r="P2" s="16" t="s">
+        <v>233</v>
+      </c>
+      <c r="Q2" s="18">
+        <v>45280</v>
+      </c>
+      <c r="R2" s="16"/>
+    </row>
+    <row r="3" spans="1:18" x14ac:dyDescent="0.35">
+      <c r="A3" s="16" t="s">
+        <v>28</v>
+      </c>
+      <c r="B3" s="16" t="s">
+        <v>29</v>
+      </c>
+      <c r="C3" s="16" t="s">
+        <v>249</v>
+      </c>
+      <c r="D3" s="16"/>
+      <c r="E3" s="17" t="s">
+        <v>222</v>
+      </c>
+      <c r="F3" s="18">
+        <v>45009</v>
+      </c>
+      <c r="G3" s="16" t="s">
+        <v>30</v>
+      </c>
+      <c r="H3" s="16"/>
+      <c r="I3" s="16">
+        <v>5</v>
+      </c>
+      <c r="J3" s="16"/>
+      <c r="K3" s="16"/>
+      <c r="L3" s="16">
+        <v>5</v>
+      </c>
+      <c r="M3" s="16">
+        <v>5</v>
+      </c>
+      <c r="N3" s="16"/>
+      <c r="O3" s="16"/>
+      <c r="P3" s="16" t="s">
+        <v>224</v>
+      </c>
+      <c r="Q3" s="18">
+        <v>45280</v>
+      </c>
+      <c r="R3" s="16"/>
+    </row>
+    <row r="4" spans="1:18" x14ac:dyDescent="0.35">
+      <c r="A4" s="16" t="s">
+        <v>28</v>
+      </c>
+      <c r="B4" s="16" t="s">
+        <v>29</v>
+      </c>
+      <c r="C4" s="16" t="s">
+        <v>250</v>
+      </c>
+      <c r="D4" s="16"/>
+      <c r="E4" s="17" t="s">
+        <v>234</v>
+      </c>
+      <c r="F4" s="18">
+        <v>45226</v>
+      </c>
+      <c r="G4" s="16" t="s">
+        <v>30</v>
+      </c>
+      <c r="H4" s="16"/>
+      <c r="I4" s="16">
+        <v>9</v>
+      </c>
+      <c r="J4" s="16"/>
+      <c r="K4" s="16"/>
+      <c r="L4" s="16">
+        <v>9</v>
+      </c>
+      <c r="M4" s="16">
+        <v>9</v>
+      </c>
+      <c r="N4" s="16"/>
+      <c r="O4" s="16"/>
+      <c r="P4" s="16" t="s">
+        <v>236</v>
+      </c>
+      <c r="Q4" s="18">
+        <v>45280</v>
+      </c>
+      <c r="R4" s="16"/>
+    </row>
+    <row r="5" spans="1:18" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="A5" s="16" t="s">
+        <v>28</v>
+      </c>
+      <c r="B5" s="16" t="s">
+        <v>29</v>
+      </c>
+      <c r="C5" s="16" t="s">
+        <v>251</v>
+      </c>
+      <c r="D5" s="16"/>
+      <c r="E5" s="17" t="s">
+        <v>217</v>
+      </c>
+      <c r="F5" s="18">
+        <v>44726</v>
+      </c>
+      <c r="G5" s="16" t="s">
+        <v>30</v>
+      </c>
+      <c r="H5" s="16"/>
+      <c r="I5" s="16">
+        <v>8</v>
+      </c>
+      <c r="J5" s="16"/>
+      <c r="K5" s="16"/>
+      <c r="L5" s="16">
+        <v>8</v>
+      </c>
+      <c r="M5" s="16">
+        <v>8</v>
+      </c>
+      <c r="N5" s="16"/>
+      <c r="O5" s="16"/>
+      <c r="P5" s="16" t="s">
         <v>218</v>
       </c>
-      <c r="V64">
-[...58 lines deleted...]
-      <c r="R65">
+      <c r="Q5" s="18">
+        <v>45280</v>
+      </c>
+      <c r="R5" s="16"/>
+    </row>
+    <row r="6" spans="1:18" x14ac:dyDescent="0.35">
+      <c r="A6" s="16" t="s">
+        <v>28</v>
+      </c>
+      <c r="B6" s="16" t="s">
+        <v>29</v>
+      </c>
+      <c r="C6" s="16" t="s">
+        <v>252</v>
+      </c>
+      <c r="D6" s="16"/>
+      <c r="E6" s="17" t="s">
+        <v>241</v>
+      </c>
+      <c r="F6" s="16"/>
+      <c r="G6" s="16" t="s">
+        <v>30</v>
+      </c>
+      <c r="H6" s="16"/>
+      <c r="I6" s="16">
+        <v>5</v>
+      </c>
+      <c r="J6" s="16"/>
+      <c r="K6" s="16"/>
+      <c r="L6" s="16">
+        <v>5</v>
+      </c>
+      <c r="M6" s="16">
+        <v>10</v>
+      </c>
+      <c r="N6" s="16"/>
+      <c r="O6" s="16"/>
+      <c r="P6" s="16"/>
+      <c r="Q6" s="18">
+        <v>45301</v>
+      </c>
+      <c r="R6" s="16"/>
+    </row>
+    <row r="7" spans="1:18" ht="29" x14ac:dyDescent="0.35">
+      <c r="A7" s="16" t="s">
+        <v>28</v>
+      </c>
+      <c r="B7" s="16" t="s">
+        <v>29</v>
+      </c>
+      <c r="C7" s="16" t="s">
+        <v>253</v>
+      </c>
+      <c r="D7" s="16"/>
+      <c r="E7" s="17" t="s">
+        <v>225</v>
+      </c>
+      <c r="F7" s="18">
+        <v>45029</v>
+      </c>
+      <c r="G7" s="16" t="s">
+        <v>30</v>
+      </c>
+      <c r="H7" s="16"/>
+      <c r="I7" s="16">
+        <v>27</v>
+      </c>
+      <c r="J7" s="16"/>
+      <c r="K7" s="16"/>
+      <c r="L7" s="16">
+        <v>27</v>
+      </c>
+      <c r="M7" s="16">
+        <v>27</v>
+      </c>
+      <c r="N7" s="16"/>
+      <c r="O7" s="16"/>
+      <c r="P7" s="16" t="s">
+        <v>226</v>
+      </c>
+      <c r="Q7" s="18">
+        <v>45280</v>
+      </c>
+      <c r="R7" s="16"/>
+    </row>
+    <row r="8" spans="1:18" ht="29" x14ac:dyDescent="0.35">
+      <c r="A8" s="16" t="s">
+        <v>28</v>
+      </c>
+      <c r="B8" s="16" t="s">
+        <v>29</v>
+      </c>
+      <c r="C8" s="16" t="s">
+        <v>254</v>
+      </c>
+      <c r="D8" s="16"/>
+      <c r="E8" s="17" t="s">
+        <v>237</v>
+      </c>
+      <c r="F8" s="18">
+        <v>45035</v>
+      </c>
+      <c r="G8" s="16" t="s">
+        <v>30</v>
+      </c>
+      <c r="H8" s="16"/>
+      <c r="I8" s="16">
         <v>7</v>
       </c>
-      <c r="V65">
+      <c r="J8" s="16"/>
+      <c r="K8" s="16"/>
+      <c r="L8" s="16">
         <v>7</v>
       </c>
-      <c r="W65">
+      <c r="M8" s="16">
         <v>7</v>
       </c>
-      <c r="Z65" t="s">
-[...185 lines deleted...]
-      <c r="Z68" t="s">
+      <c r="N8" s="16"/>
+      <c r="O8" s="16"/>
+      <c r="P8" s="16" t="s">
+        <v>238</v>
+      </c>
+      <c r="Q8" s="18">
+        <v>45280</v>
+      </c>
+      <c r="R8" s="16"/>
+    </row>
+    <row r="9" spans="1:18" x14ac:dyDescent="0.35">
+      <c r="A9" s="16" t="s">
+        <v>28</v>
+      </c>
+      <c r="B9" s="16" t="s">
+        <v>29</v>
+      </c>
+      <c r="C9" s="16" t="s">
+        <v>255</v>
+      </c>
+      <c r="D9" s="16"/>
+      <c r="E9" s="17" t="s">
         <v>229</v>
       </c>
-      <c r="AA68" s="1">
-[...10 lines deleted...]
-      <c r="C69" t="s">
+      <c r="F9" s="18">
+        <v>44606</v>
+      </c>
+      <c r="G9" s="16" t="s">
+        <v>30</v>
+      </c>
+      <c r="H9" s="16"/>
+      <c r="I9" s="16">
+        <v>30</v>
+      </c>
+      <c r="J9" s="16"/>
+      <c r="K9" s="16"/>
+      <c r="L9" s="16">
+        <v>30</v>
+      </c>
+      <c r="M9" s="16">
+        <v>30</v>
+      </c>
+      <c r="N9" s="16"/>
+      <c r="O9" s="16"/>
+      <c r="P9" s="16" t="s">
         <v>231</v>
       </c>
-      <c r="E69" t="s">
-[...43 lines deleted...]
-      </c>
+      <c r="Q9" s="18">
+        <v>45280</v>
+      </c>
+      <c r="R9" s="16"/>
     </row>
   </sheetData>
-  <autoFilter ref="A1:AB51" xr:uid="{E714FAF8-C77F-45D6-A8F1-641CBBE0AE94}">
-[...4 lines deleted...]
-  <phoneticPr fontId="20" type="noConversion"/>
+  <hyperlinks>
+    <hyperlink ref="A2" r:id="rId1" xr:uid="{4DA4CFBE-1123-4243-A8F6-A1A246E31E25}"/>
+  </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>1</vt:i4>
+        <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="1" baseType="lpstr">
+    <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>runnymede_brownfieldregister_20</vt:lpstr>
+      <vt:lpstr>Sheet2</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator/>
-  <cp:lastModifiedBy/>
+  <dc:creator>Georgina Pacey</dc:creator>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>